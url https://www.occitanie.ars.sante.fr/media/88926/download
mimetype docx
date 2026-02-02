--- v0 (2025-11-03)
+++ v1 (2026-02-02)
@@ -1,7022 +1,6904 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00CD7CB6" w:rsidRPr="00315713" w:rsidRDefault="00F264F1">
+    <w:p w14:paraId="0D416355" w14:textId="65CA7DF2" w:rsidR="00CD7CB6" w:rsidRPr="00315713" w:rsidRDefault="005638F3">
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BCDCCE5" wp14:editId="013A489C">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="00E58D7A" wp14:editId="57C56330">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-278130</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1371600" cy="1219200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="1800" y="2025"/>
+                <wp:lineTo x="1800" y="18900"/>
+                <wp:lineTo x="9300" y="18900"/>
+                <wp:lineTo x="9600" y="18225"/>
+                <wp:lineTo x="8100" y="14513"/>
+                <wp:lineTo x="14100" y="13500"/>
+                <wp:lineTo x="19500" y="11138"/>
+                <wp:lineTo x="19800" y="7088"/>
+                <wp:lineTo x="9900" y="2025"/>
+                <wp:lineTo x="1800" y="2025"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="7" name="Image 7" descr="Mac:Users:xavier.hasendahl:Desktop:ELEMENTS TEMPLATES SIG:LOGOS:REPUBLIQUE_FRANCAISE:eps:Republique_Francaise_CMJN.eps"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Image 9" descr="Mac:Users:xavier.hasendahl:Desktop:ELEMENTS TEMPLATES SIG:LOGOS:REPUBLIQUE_FRANCAISE:eps:Republique_Francaise_CMJN.eps"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1371600" cy="1219200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00F264F1">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1466A8CA" wp14:editId="66D74808">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>5008245</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-9525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1190846" cy="733647"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Image 1"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Image 1"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1190846" cy="733647"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
-[...82 lines deleted...]
-    <w:p w:rsidR="00F264F1" w:rsidRDefault="00F264F1" w:rsidP="00715086">
+    </w:p>
+    <w:p w14:paraId="208C76B8" w14:textId="77777777" w:rsidR="00CD7CB6" w:rsidRPr="00315713" w:rsidRDefault="00CD7CB6"/>
+    <w:p w14:paraId="47B32538" w14:textId="77777777" w:rsidR="00CD7CB6" w:rsidRPr="00315713" w:rsidRDefault="00CD7CB6"/>
+    <w:p w14:paraId="3EA7ADE9" w14:textId="77777777" w:rsidR="00CD7CB6" w:rsidRPr="00315713" w:rsidRDefault="00CD7CB6"/>
+    <w:p w14:paraId="41C791F2" w14:textId="77777777" w:rsidR="00F264F1" w:rsidRDefault="00F264F1" w:rsidP="00715086">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F264F1" w:rsidRDefault="00F264F1" w:rsidP="00715086">
+    <w:p w14:paraId="2036C3A3" w14:textId="77777777" w:rsidR="00F264F1" w:rsidRDefault="00F264F1" w:rsidP="00715086">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F264F1" w:rsidRDefault="00F264F1" w:rsidP="00715086">
+    <w:p w14:paraId="6FFC0C12" w14:textId="77777777" w:rsidR="00F264F1" w:rsidRDefault="00F264F1" w:rsidP="00715086">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00715086" w:rsidRPr="00715086" w:rsidRDefault="00715086" w:rsidP="00715086">
+    <w:p w14:paraId="3367EFCC" w14:textId="0694248C" w:rsidR="00715086" w:rsidRPr="00715086" w:rsidRDefault="00715086" w:rsidP="00E346B5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00715086">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00F264F1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ossier de demande d’habilitation </w:t>
       </w:r>
       <w:r w:rsidR="00F264F1" w:rsidRPr="00F71CA3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
       <w:r w:rsidR="00F264F1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> d’habilitation complémentaire pour la réalisation de Tests Rapides d’Orientation Diagnostic (TROD) de l’infection par le Virus de l’Immunodéficience Humaine (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00715086">
+        <w:t xml:space="preserve"> d’habilitation complémentaire pour la réalisation de </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk217289517"/>
+      <w:r w:rsidR="00F264F1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>VIH</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F264F1">
+        <w:t xml:space="preserve">Tests Rapides d’Orientation Diagnostic (TROD) de l’infection par le </w:t>
+      </w:r>
+      <w:r w:rsidR="00A859B3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00470E98">
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="00F264F1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F264F1">
+        <w:t>irus de l’Immunodéficience Humaine (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715086">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>par le virus de l’hépatite B (VHB) ou par le virus de l’hépatite C (VHC)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00470E98">
+        <w:t>VIH</w:t>
+      </w:r>
+      <w:r w:rsidR="0031011A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> 1 et 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F264F1">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00470E98">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F264F1">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>par le virus de l’hépatite B (VHB)</w:t>
+      </w:r>
+      <w:r w:rsidR="0031011A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, pa</w:t>
+      </w:r>
+      <w:r w:rsidR="00F264F1">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>r le virus de l’hépatite C (VHC)</w:t>
+      </w:r>
+      <w:r w:rsidR="00470E98">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="0031011A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et de l’infection par la bactérie </w:t>
+      </w:r>
+      <w:r w:rsidR="0031011A" w:rsidRPr="00327561">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Treponema pallidum</w:t>
+      </w:r>
+      <w:r w:rsidR="0031011A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (la syphilis)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="35673642" w14:textId="77777777" w:rsidR="00715086" w:rsidRPr="00315713" w:rsidRDefault="00715086" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="539950F3" w14:textId="77777777" w:rsidR="00CD7CB6" w:rsidRPr="00761914" w:rsidRDefault="00CD7CB6" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD7CB6" w:rsidRDefault="00F2138E" w:rsidP="009B1B5D">
-      <w:pPr>
+    <w:p w14:paraId="2483CA53" w14:textId="057B5190" w:rsidR="002225D3" w:rsidRDefault="00947215" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="15" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="17" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E0705">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Structures associatives impliquées dans la prévention sanitaire ou </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001030BF">
+        <w:t>É</w:t>
+      </w:r>
+      <w:r w:rsidR="002225D3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">dans </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008E0705">
+        <w:t>tablissements ou services médico-sociaux</w:t>
+      </w:r>
+      <w:r w:rsidR="00E346B5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>la réduction des risques et des dommages associés à la consommation de substances psychoactives</w:t>
-[...12 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> définis au 9° du I de l’article L. 312-1 du code de l’action sociale et des familles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EF5A70B" w14:textId="61F5A83E" w:rsidR="002225D3" w:rsidRDefault="002225D3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="15" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="17" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Centres et établissements autorisés (Centre de santé sexuelle (CSS) ou </w:t>
+      </w:r>
+      <w:r w:rsidR="00947215">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>É</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F71CA3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Centre de Planification ou d’Education Familiale</w:t>
+        <w:t>tablissements d’Information, de Consultation ou de Conseil Familial</w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> EICFF)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6116497B" w14:textId="2844489D" w:rsidR="002225D3" w:rsidRPr="002225D3" w:rsidRDefault="002225D3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="15" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="17" w:color="auto"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002225D3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Structures associatives habilitées</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62F0E147" w14:textId="77777777" w:rsidR="00CD7CB6" w:rsidRDefault="00CD7CB6" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (CPEF) - </w:t>
-[...8 lines deleted...]
-        <w:t>Etablissements d’Information, de Consultation ou de Conseil Familial</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="667942B3" w14:textId="77777777" w:rsidR="00671548" w:rsidRDefault="00671548" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5500B241" w14:textId="5EA26CB3" w:rsidR="0088664C" w:rsidRDefault="00DB242E" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB242E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La demande d’habilitation ou la demande d’habilitation complémentaire pour l’utilisation des Tests Rapides d’Orientation Diagnostic est à </w:t>
+      </w:r>
+      <w:r w:rsidR="0088664C" w:rsidRPr="0088664C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>transmettre par voie électronique à l’adresse suivante</w:t>
+      </w:r>
+      <w:r w:rsidR="00E346B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...218 lines deleted...]
-    <w:p w:rsidR="00DB242E" w:rsidRPr="00DB242E" w:rsidRDefault="004C2B23" w:rsidP="0088664C">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D0C5231" w14:textId="77777777" w:rsidR="004F038A" w:rsidRDefault="004F038A" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16C350AA" w14:textId="1CAEFEA9" w:rsidR="00DB242E" w:rsidRPr="00DB242E" w:rsidRDefault="004F038A" w:rsidP="00E346B5">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00DB242E" w:rsidRPr="00DB242E">
+        <w:r w:rsidRPr="00CD4BFB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>ARS-OC-DSP-PROMOTION-SANTE@ars.sante.fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00DB242E" w:rsidRDefault="00DB242E" w:rsidP="00DB242E">
-[...14 lines deleted...]
-          <w:color w:val="auto"/>
+    <w:p w14:paraId="5DFA568F" w14:textId="77777777" w:rsidR="00DB242E" w:rsidRDefault="00DB242E" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="569FB9F6" w14:textId="4B234EA4" w:rsidR="006938A8" w:rsidRDefault="00DB242E" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00715086">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Le dossier de demande d’</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">habilitation </w:t>
       </w:r>
       <w:r w:rsidRPr="00715086">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">doit contenir les éléments permettant de s’assurer que </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">votre </w:t>
       </w:r>
       <w:r w:rsidRPr="00470E98">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>structure est en mesure de se conformer aux exigences du cahier des charges</w:t>
+        <w:t xml:space="preserve">structure est en </w:t>
+      </w:r>
+      <w:r w:rsidR="00E346B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>conformité avec les</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00470E98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> exigences du cahier des charges annexé à </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l’arrêté du </w:t>
+      </w:r>
+      <w:r w:rsidR="0031011A" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13 mai 2024 </w:t>
+      </w:r>
+      <w:r w:rsidR="004F038A" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>fixant</w:t>
+      </w:r>
+      <w:r w:rsidR="006938A8" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les conditions de réalisation des tests rapides d'orientation diagnostique de l'infection par les virus de l'immunodéficience humaine (VIH 1 et 2), des infections par les virus de l'hépatite C (VHC) et de l'hépatite B (VHB) et par la bactérie </w:t>
+      </w:r>
+      <w:r w:rsidR="006938A8" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Treponema pallidum</w:t>
+      </w:r>
+      <w:r w:rsidR="006938A8" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (syphilis), en milieu médico-social ou associatif et autres centres et établissements autorisés.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12846796" w14:textId="77777777" w:rsidR="00B72EEC" w:rsidRDefault="00B72EEC" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7635A4F0" w14:textId="77A3892D" w:rsidR="00B72EEC" w:rsidRPr="00F25F8A" w:rsidRDefault="00B72EEC" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F25F8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Tout dossier incomplet ne sera pas traité</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="auto"/>
-[...46 lines deleted...]
-        <w:pStyle w:val="Default"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="543F977C" w14:textId="48AE02C2" w:rsidR="0031011A" w:rsidRPr="005F7288" w:rsidRDefault="0031011A" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
-          <w:color w:val="auto"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00470E98">
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="533FBC07" w14:textId="77777777" w:rsidR="0088664C" w:rsidRDefault="0088664C" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29D8412E" w14:textId="77777777" w:rsidR="002225D3" w:rsidRDefault="002225D3" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F72F801" w14:textId="77777777" w:rsidR="002225D3" w:rsidRDefault="002225D3" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0333A238" w14:textId="77777777" w:rsidR="002225D3" w:rsidRDefault="002225D3" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12DCBD0B" w14:textId="77777777" w:rsidR="002225D3" w:rsidRDefault="002225D3" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E0DC378" w14:textId="77777777" w:rsidR="002225D3" w:rsidRDefault="002225D3" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0785F212" w14:textId="77777777" w:rsidR="002225D3" w:rsidRDefault="002225D3" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10EF4E87" w14:textId="77777777" w:rsidR="002225D3" w:rsidRDefault="002225D3" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="047AED44" w14:textId="77777777" w:rsidR="002225D3" w:rsidRDefault="002225D3" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E1FCB67" w14:textId="52DF6BCD" w:rsidR="00715086" w:rsidRPr="00470E98" w:rsidRDefault="00E73EBE" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">A / </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>E</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>É</w:t>
       </w:r>
       <w:r w:rsidR="00715086" w:rsidRPr="00470E98">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">léments à </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="auto"/>
         </w:rPr>
+        <w:t>É</w:t>
+      </w:r>
+      <w:r w:rsidR="00715086" w:rsidRPr="00470E98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ments </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>À</w:t>
+      </w:r>
+      <w:r w:rsidR="00715086" w:rsidRPr="00470E98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E66CD3" w:rsidRPr="00470E98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t>renseigner</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00715086" w:rsidRPr="00470E98" w:rsidRDefault="00715086" w:rsidP="00715086">
-[...10 lines deleted...]
-        <w:pStyle w:val="Default"/>
+    <w:p w14:paraId="14CB0BEE" w14:textId="77777777" w:rsidR="00715086" w:rsidRDefault="00715086">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D76FBA0" w14:textId="0625CFCB" w:rsidR="00E73EBE" w:rsidRPr="00F25F8A" w:rsidRDefault="00E73EBE" w:rsidP="00E73EBE">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F25F8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Type de structure :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2297B034" w14:textId="77777777" w:rsidR="00E73EBE" w:rsidRDefault="00E73EBE" w:rsidP="00E73EBE">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27D54C7D" w14:textId="3EDB020D" w:rsidR="00E73EBE" w:rsidRDefault="00000000" w:rsidP="00E73EBE">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:id w:val="1358689084"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00E73EBE">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:color w:val="auto"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00E73EBE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Etablissement et service médico-social relevant du </w:t>
+      </w:r>
+      <w:r w:rsidR="00E73EBE" w:rsidRPr="00E73EBE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>9° du I de l’article L. 312-1 du code de l’action sociale et des familles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31D6B94C" w14:textId="77777777" w:rsidR="00E73EBE" w:rsidRDefault="00E73EBE" w:rsidP="00E73EBE">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18D607AF" w14:textId="0237C0C8" w:rsidR="00E73EBE" w:rsidRDefault="00000000" w:rsidP="00E73EBE">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:id w:val="-198861534"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00E73EBE">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:color w:val="auto"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00E73EBE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E73EBE" w:rsidRPr="00E73EBE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Centre et établissement autorisé (Centre de santé sexuelle (CSS) ou Etablissements d’Information, de Consultation ou de Conseil Familial EICFF)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AF689A7" w14:textId="77777777" w:rsidR="00E73EBE" w:rsidRDefault="00E73EBE" w:rsidP="00E73EBE">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38C3FD69" w14:textId="5A4B632D" w:rsidR="00E73EBE" w:rsidRDefault="00000000" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:id w:val="-781420835"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00E73EBE">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:color w:val="auto"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00E73EBE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E73EBE" w:rsidRPr="00E73EBE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Structure associative habilitée</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B0D146" w14:textId="77777777" w:rsidR="00E73EBE" w:rsidRPr="00470E98" w:rsidRDefault="00E73EBE" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C957750" w14:textId="799211C1" w:rsidR="00715086" w:rsidRDefault="00715086" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00470E98">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>1. Informations générales</w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00E66CD3" w:rsidRDefault="00F2138E" w:rsidP="00715086">
+        <w:t>Informations générales</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28846136" w14:textId="77777777" w:rsidR="002225D3" w:rsidRDefault="002225D3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A7F0532" w14:textId="12BF4984" w:rsidR="002225D3" w:rsidRPr="00327561" w:rsidRDefault="002225D3" w:rsidP="00F25F8A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="16"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00327561">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Demande d’habilitation pour la réalisation de TROD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1158B25D" w14:textId="77777777" w:rsidR="002225D3" w:rsidRPr="00327561" w:rsidRDefault="002225D3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="747CB8DD" w14:textId="5E2BECE0" w:rsidR="0065617C" w:rsidRPr="00327561" w:rsidRDefault="00000000" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="1800"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:id w:val="409195819"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00F25F8A">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+              <w:color w:val="auto"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0065617C" w:rsidRPr="00327561">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Infection par le virus de l’hépatite B (VHB)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BCA6127" w14:textId="1DA34678" w:rsidR="0065617C" w:rsidRPr="00327561" w:rsidRDefault="00000000" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="1800"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:id w:val="971871286"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00E346B5">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+              <w:color w:val="auto"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0065617C" w:rsidRPr="00327561">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Infection per le virus de l’hépatite C (VHC)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AEDA013" w14:textId="31F23ED1" w:rsidR="002225D3" w:rsidRPr="00327561" w:rsidRDefault="00000000" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="1800"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:id w:val="1798718400"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00E346B5">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+              <w:color w:val="auto"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="002225D3" w:rsidRPr="00327561">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Infection par les virus de l’immunodéfi</w:t>
+      </w:r>
+      <w:r w:rsidR="00327561">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>cie</w:t>
+      </w:r>
+      <w:r w:rsidR="002225D3" w:rsidRPr="00327561">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>nce humaine (VIH 1 et 2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79240346" w14:textId="4EB111A6" w:rsidR="00327561" w:rsidRPr="00327561" w:rsidRDefault="00000000" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="1800"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:id w:val="-853418512"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00E346B5">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+              <w:color w:val="auto"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00327561" w:rsidRPr="00327561">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Infection par la bactérie </w:t>
+      </w:r>
+      <w:r w:rsidR="00327561" w:rsidRPr="00327561">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Treponema pallidum</w:t>
+      </w:r>
+      <w:r w:rsidR="00327561" w:rsidRPr="00327561">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (syphilis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12BF4FAE" w14:textId="77777777" w:rsidR="002225D3" w:rsidRPr="00470E98" w:rsidRDefault="002225D3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D0F0757" w14:textId="77777777" w:rsidR="00E66CD3" w:rsidRPr="00470E98" w:rsidRDefault="00E66CD3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05C02C30" w14:textId="061A9401" w:rsidR="00FD36FC" w:rsidRDefault="0065617C" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="000564E2" w:rsidRPr="000564E2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oordonnées de de la structure </w:t>
+      </w:r>
+      <w:r w:rsidR="00E346B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>(associative ou médico-sociale)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25F8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="612A5962" w14:textId="77777777" w:rsidR="00E346B5" w:rsidRDefault="00E346B5" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53969120" w14:textId="77777777" w:rsidR="00F25F8A" w:rsidRDefault="00F25F8A" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D2D0DA6" w14:textId="0990FE42" w:rsidR="00E346B5" w:rsidRDefault="00E346B5" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Forme juridique et statuts</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72EEC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72EEC" w:rsidRPr="00F25F8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>associations uniquement</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72EEC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25F8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5963D279" w14:textId="77777777" w:rsidR="004637D3" w:rsidRDefault="004637D3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09220735" w14:textId="77777777" w:rsidR="00F25F8A" w:rsidRDefault="00F25F8A" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DF1FE2F" w14:textId="5C1F590A" w:rsidR="004637D3" w:rsidRPr="005F7288" w:rsidRDefault="0065617C" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD36FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="000564E2" w:rsidRPr="00FD36FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>oordonnées de la personne physique ou morale de droit public ou privé gestionnaire</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25F8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D6D265" w14:textId="59AE9B99" w:rsidR="00FD36FC" w:rsidRDefault="00FD36FC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="057E4F23" w14:textId="77777777" w:rsidR="00F25F8A" w:rsidRDefault="00F25F8A" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70EA2424" w14:textId="7EC3A400" w:rsidR="00FD36FC" w:rsidRDefault="0065617C" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD36FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="000564E2" w:rsidRPr="00FD36FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>om et qualité de la personne responsable de l’activité de réalisation des TROD</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25F8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77BEAB97" w14:textId="77777777" w:rsidR="004637D3" w:rsidRDefault="004637D3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41437B58" w14:textId="77777777" w:rsidR="00F25F8A" w:rsidRDefault="00F25F8A" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E18EDCA" w14:textId="64901A7A" w:rsidR="00980018" w:rsidRPr="00FD36FC" w:rsidRDefault="00273C5D" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD36FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Activités</w:t>
+      </w:r>
+      <w:r w:rsidR="00980018" w:rsidRPr="00FD36FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD36FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">autres </w:t>
+      </w:r>
+      <w:r w:rsidR="00980018" w:rsidRPr="00FD36FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>de la structure</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72EEC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72EEC" w:rsidRPr="00C504DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>associations uniquement</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72EEC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25F8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D671C0C" w14:textId="77777777" w:rsidR="00715086" w:rsidRDefault="00715086" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73EE3498" w14:textId="77777777" w:rsidR="00273C5D" w:rsidRPr="00470E98" w:rsidRDefault="00273C5D" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1464A79A" w14:textId="295386A3" w:rsidR="00E66CD3" w:rsidRPr="00470E98" w:rsidRDefault="00E66CD3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00470E98">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="auto"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="00273C5D">
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00715086" w:rsidRPr="00470E98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bjectifs et </w:t>
+      </w:r>
+      <w:r w:rsidR="00273C5D" w:rsidRPr="00273C5D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>du public ciblé par l’offre de dépistage</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="747E8680" w14:textId="77777777" w:rsidR="00E66CD3" w:rsidRPr="00470E98" w:rsidRDefault="00E66CD3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="416D654C" w14:textId="282DE643" w:rsidR="00FD36FC" w:rsidRPr="005F7288" w:rsidRDefault="0065617C" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00C32804" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>bjectifs et résultats attendus de l’offre de dépistage proposée</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25F8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D10C5B0" w14:textId="77777777" w:rsidR="004637D3" w:rsidRDefault="004637D3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C1D2C9F" w14:textId="77777777" w:rsidR="00F25F8A" w:rsidRPr="005F7288" w:rsidRDefault="00F25F8A" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00C63C8A" w14:textId="6E7E0E25" w:rsidR="00FD36FC" w:rsidRPr="005F7288" w:rsidRDefault="0065617C" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00C32804" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>nsertion de l’offre dans le contexte local d’offre de dépistage</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25F8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7420E3A6" w14:textId="77777777" w:rsidR="004637D3" w:rsidRDefault="004637D3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D0EE203" w14:textId="77777777" w:rsidR="00F25F8A" w:rsidRPr="005F7288" w:rsidRDefault="00F25F8A" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B4DCD40" w14:textId="33FC316E" w:rsidR="00C32804" w:rsidRPr="005F7288" w:rsidRDefault="0065617C" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00C32804" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>escription du public ciblé par cette offre</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25F8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48781C88" w14:textId="77777777" w:rsidR="00C32804" w:rsidRDefault="00C32804" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D4ED8A8" w14:textId="77777777" w:rsidR="00F25F8A" w:rsidRDefault="00F25F8A" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="789ED818" w14:textId="77777777" w:rsidR="00F25F8A" w:rsidRDefault="00F25F8A" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A0D59C5" w14:textId="77777777" w:rsidR="00C32804" w:rsidRDefault="00C32804" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="509012A8" w14:textId="52CE8D8A" w:rsidR="0065617C" w:rsidRPr="0065617C" w:rsidRDefault="0065617C" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065617C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Informations relatives au personnel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BAF459C" w14:textId="77777777" w:rsidR="0065617C" w:rsidRDefault="0065617C" w:rsidP="00F25F8A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="360"/>
-        <w:rPr>
-[...65 lines deleted...]
-    <w:p w:rsidR="00273C5D" w:rsidRDefault="008D3747" w:rsidP="008D3747">
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F58E706" w14:textId="0EDEC197" w:rsidR="006C1668" w:rsidRPr="005F7288" w:rsidRDefault="0065617C" w:rsidP="00F25F8A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="16"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-        <w:rPr>
-[...730 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Liste nominative et qualité des personnes dédiées à l’activité</w:t>
+      </w:r>
+      <w:r w:rsidR="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>, r</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1668" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>épartition prévisionnelle des rôles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E8FE7B" w14:textId="77777777" w:rsidR="0065617C" w:rsidRDefault="0065617C" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3227"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2864"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="3396"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00273C5D" w:rsidRPr="0088664C" w:rsidTr="005D3EC9">
+      <w:tr w:rsidR="006C1668" w:rsidRPr="0088664C" w14:paraId="345BB4A8" w14:textId="510E2877" w:rsidTr="005F7288">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="0088664C" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="25C872B3" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="005F7288" w:rsidRDefault="006C1668" w:rsidP="00B824B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times LT Std"/>
                 <w:b/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0088664C">
+            <w:r w:rsidRPr="005F7288">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times LT Std"/>
                 <w:b/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="0088664C" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="15E4F9C2" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="005F7288" w:rsidRDefault="006C1668" w:rsidP="00B824B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times LT Std"/>
                 <w:b/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0088664C">
+            <w:r w:rsidRPr="005F7288">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times LT Std"/>
                 <w:b/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2864" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="0088664C" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="0C4E5691" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="005F7288" w:rsidRDefault="006C1668" w:rsidP="00B824B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times LT Std"/>
                 <w:b/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0088664C">
+            <w:r w:rsidRPr="005F7288">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times LT Std"/>
                 <w:b/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Qualification</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidTr="005D3EC9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="3396" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27334CF3" w14:textId="7FDCC623" w:rsidR="006C1668" w:rsidRPr="005F7288" w:rsidRDefault="006C1668" w:rsidP="00B824B7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times LT Std"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F7288">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times LT Std"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Rôle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C1668" w:rsidRPr="00273C5D" w14:paraId="722077DA" w14:textId="761BD972" w:rsidTr="005F7288">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="3D2E6729" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="38387516" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2864" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
-[...22 lines deleted...]
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="68F09F69" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3396" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2571DC15" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C1668" w:rsidRPr="00273C5D" w14:paraId="1571C83E" w14:textId="1C14DA3D" w:rsidTr="005F7288">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="62A2D7EF" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2864" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
-[...22 lines deleted...]
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="1C42E1D7" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="4CDEABCD" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2864" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="67050A02" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidTr="005D3EC9">
+      <w:tr w:rsidR="006C1668" w:rsidRPr="00273C5D" w14:paraId="1EBEAFED" w14:textId="475DE33D" w:rsidTr="005F7288">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="491BB429" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="46DB673B" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2864" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
-[...22 lines deleted...]
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="6A141035" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3396" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77E3864E" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C1668" w:rsidRPr="00273C5D" w14:paraId="4C0175DF" w14:textId="6EA454CC" w:rsidTr="005F7288">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="146FD571" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2864" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
-[...22 lines deleted...]
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="215C0853" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="62B81B70" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2864" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3396" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="3155F6B1" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidTr="005D3EC9">
+      <w:tr w:rsidR="006C1668" w:rsidRPr="00273C5D" w14:paraId="5F02FA2F" w14:textId="49E5C362" w:rsidTr="005F7288">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3227" w:type="dxa"/>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="6F13D236" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="66745887" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2864" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
-[...22 lines deleted...]
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="18751713" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3396" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E8573B3" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C1668" w:rsidRPr="00273C5D" w14:paraId="111E6583" w14:textId="30B45F7D" w:rsidTr="005F7288">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="1044C574" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2864" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
-[...22 lines deleted...]
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="3957A797" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="72C52B63" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2864" w:type="dxa"/>
+            <w:tcW w:w="3396" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12C00080" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C1668" w:rsidRPr="00273C5D" w14:paraId="3B7F102A" w14:textId="6ADFE9EA" w:rsidTr="005F7288">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00273C5D" w:rsidRPr="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="0088664C">
+          <w:p w14:paraId="5628FF79" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DDD973A" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="38FF76D8" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3396" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B1DB7C9" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C1668" w:rsidRPr="00273C5D" w14:paraId="0EEA51F1" w14:textId="2E206493" w:rsidTr="005F7288">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="149BF0FB" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D7878DE" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="51C1B284" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3396" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BBF2AFA" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C1668" w:rsidRPr="00273C5D" w14:paraId="187FD8B0" w14:textId="5FE08EE9" w:rsidTr="005F7288">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5631D0" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC1D94B" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B9FF31" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3396" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D77588" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00273C5D" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00273C5D" w:rsidRDefault="00273C5D" w:rsidP="00715086">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+    <w:p w14:paraId="4D876BAF" w14:textId="77777777" w:rsidR="0065617C" w:rsidRDefault="0065617C" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BEA1303" w14:textId="025E8ABD" w:rsidR="00C32804" w:rsidRPr="005F7288" w:rsidRDefault="0065617C" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Procédures de formation (interne ou externe) et de mise à jour des compétences du personnel réalisant les TROD. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk217304842"/>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="10197568" w14:textId="77777777" w:rsidR="00273C5D" w:rsidRPr="00470E98" w:rsidRDefault="00273C5D" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BB9CC6E" w14:textId="77777777" w:rsidR="00715086" w:rsidRPr="00470E98" w:rsidRDefault="00715086" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61E473E5" w14:textId="73F47B3B" w:rsidR="004A4AF1" w:rsidRPr="005F7288" w:rsidRDefault="004A4AF1" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD36FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD36FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD36FC" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Informations relatives aux lieux et matériel d’intervention</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD36FC" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="143F1387" w14:textId="77777777" w:rsidR="00761914" w:rsidRPr="005F7288" w:rsidRDefault="00761914" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E31B237" w14:textId="3A48D436" w:rsidR="00FD36FC" w:rsidRPr="005F7288" w:rsidRDefault="00FD36FC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Mention des locaux fixes ou mobiles et des lieux d’intervention</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E8F" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52DCD4C5" w14:textId="0AECC42D" w:rsidR="00A20F2D" w:rsidRDefault="00A20F2D" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
+          <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...276 lines deleted...]
-        <w:tblW w:w="9776" w:type="dxa"/>
+        <w:tblW w:w="10755" w:type="dxa"/>
+        <w:tblInd w:w="-280" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1384"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1523"/>
+        <w:gridCol w:w="1404"/>
+        <w:gridCol w:w="1247"/>
+        <w:gridCol w:w="1747"/>
+        <w:gridCol w:w="1715"/>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidTr="0088664C">
+      <w:tr w:rsidR="00A20F2D" w:rsidRPr="0088664C" w14:paraId="66DAE418" w14:textId="77777777" w:rsidTr="00F25F8A">
+        <w:trPr>
+          <w:trHeight w:val="1299"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcW w:w="1523" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F8356A" w:rsidRDefault="00F8356A" w:rsidP="0088664C">
+          <w:p w14:paraId="07564066" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="005F7288" w:rsidRDefault="00A20F2D" w:rsidP="00F25F8A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
+                <w:b/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="005F7288">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Département</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49619976" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="005F7288" w:rsidRDefault="00A20F2D" w:rsidP="00F25F8A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
+                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F8356A">
+            <w:r w:rsidRPr="005F7288">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
-[...43 lines deleted...]
-                <w:bCs/>
+                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Commune</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1247" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="404919F6" w14:textId="738D282C" w:rsidR="00A20F2D" w:rsidRPr="005F7288" w:rsidRDefault="005F7288" w:rsidP="00F25F8A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
+                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0088664C">
+            <w:r w:rsidRPr="005F7288">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>locaux fixes ou mobiles</w:t>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00A20F2D" w:rsidRPr="005F7288">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ocaux fixes ou mobiles</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="1747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="4F75C0E4" w14:textId="2C962BB6" w:rsidR="00A20F2D" w:rsidRPr="005F7288" w:rsidRDefault="00A20F2D" w:rsidP="00F25F8A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
+                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0088664C">
+            <w:r w:rsidRPr="005F7288">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
+                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Lieu d’intervention</w:t>
+              <w:t>Lieu</w:t>
+            </w:r>
+            <w:r w:rsidR="00902B3E" w:rsidRPr="005F7288">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>x</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F7288">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> d’intervention</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="7375D273" w14:textId="05426A2A" w:rsidR="00A20F2D" w:rsidRPr="005F7288" w:rsidRDefault="00A20F2D" w:rsidP="00F25F8A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
+                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0088664C">
+            <w:r w:rsidRPr="005F7288">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
+                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(ex :bar, plage...)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F7288">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ex</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F7288">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> :bar, plage...)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1715" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F8356A" w:rsidRDefault="00F8356A" w:rsidP="0088664C">
+          <w:p w14:paraId="44AF522B" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="005F7288" w:rsidRDefault="00A20F2D" w:rsidP="00F25F8A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
+                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="005F7288">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
-[...7 lines deleted...]
-                <w:bCs/>
+                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Public cible</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F8356A" w:rsidRDefault="00F8356A" w:rsidP="0088664C">
+          <w:p w14:paraId="58A24AFB" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="005F7288" w:rsidRDefault="00A20F2D" w:rsidP="00F25F8A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
+                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="005F7288">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
-[...7 lines deleted...]
-                <w:bCs/>
+                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Horaires</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F8356A" w:rsidRDefault="00F8356A" w:rsidP="0088664C">
+          <w:p w14:paraId="1720F81B" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="005F7288" w:rsidRDefault="00A20F2D" w:rsidP="00F25F8A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
+                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="005F7288">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
-[...7 lines deleted...]
-                <w:bCs/>
+                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fréquence</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidTr="0088664C">
+      <w:tr w:rsidR="00A20F2D" w:rsidRPr="0088664C" w14:paraId="45CDB0D1" w14:textId="77777777" w:rsidTr="005F7288">
+        <w:trPr>
+          <w:trHeight w:val="659"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcW w:w="1523" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="766D6713" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="5E18357E" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="61C90AB2" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1247" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="78AC4C64" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="1747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="04FB9098" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1715" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="41E6B8DD" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="4B4EBF1D" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="2706AAA8" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidTr="0088664C">
+      <w:tr w:rsidR="00A20F2D" w:rsidRPr="0088664C" w14:paraId="6C1A4CD3" w14:textId="77777777" w:rsidTr="005F7288">
+        <w:trPr>
+          <w:trHeight w:val="640"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcW w:w="1523" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="7F052E32" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="04CA2011" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="593CCEDE" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1247" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="0CD8F850" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="1747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="7ABACA7C" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1715" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="6AF6E471" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="1CA6A463" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="3FFD1BA5" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidTr="0088664C">
+      <w:tr w:rsidR="00A20F2D" w:rsidRPr="0088664C" w14:paraId="287575A8" w14:textId="77777777" w:rsidTr="005F7288">
+        <w:trPr>
+          <w:trHeight w:val="640"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcW w:w="1523" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="1891ADDE" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="27C7ECC6" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="3BD33A94" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1247" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="317B00A8" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="1747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="56D4EC0B" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1715" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="417058FC" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="0E12801C" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="76C96D5D" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidTr="0088664C">
+      <w:tr w:rsidR="00A20F2D" w:rsidRPr="0088664C" w14:paraId="2350435B" w14:textId="77777777" w:rsidTr="005F7288">
+        <w:trPr>
+          <w:trHeight w:val="640"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcW w:w="1523" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="3D2F8506" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="630F0C99" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="5363261E" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1247" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="1DBA3341" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="1747" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="0B4CFCBD" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1715" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="23889403" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="49A2F727" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
-[...179 lines deleted...]
-          <w:p w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="0088664C">
+          <w:p w14:paraId="0BF078A0" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRPr="0088664C" w:rsidRDefault="00A20F2D" w:rsidP="00E346B5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A20F2D" w:rsidRDefault="00A20F2D" w:rsidP="00715086">
-[...1 lines deleted...]
-        <w:pStyle w:val="Default"/>
+    <w:p w14:paraId="5934BA7F" w14:textId="77777777" w:rsidR="00A20F2D" w:rsidRDefault="00A20F2D" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A20F2D" w:rsidRPr="00A20F2D" w:rsidRDefault="00A20F2D" w:rsidP="00715086">
-[...1 lines deleted...]
-        <w:pStyle w:val="Default"/>
+    <w:p w14:paraId="4AABEF4B" w14:textId="77777777" w:rsidR="005F7288" w:rsidRDefault="005F7288" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
           <w:b/>
           <w:color w:val="auto"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A20F2D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10955E39" w14:textId="328AFD54" w:rsidR="00FD36FC" w:rsidRDefault="00FD36FC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Types/marques des TROD et matrices utilisées</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25F8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64101830" w14:textId="77777777" w:rsidR="005F7288" w:rsidRDefault="005F7288" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5503EC14" w14:textId="77777777" w:rsidR="00E346B5" w:rsidRPr="005F7288" w:rsidRDefault="00E346B5" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E70CA78" w14:textId="37F8E54A" w:rsidR="00FD36FC" w:rsidRDefault="00FD36FC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Modalités de conservation de ces tests rapides d’orientation diagnostique</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25F8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E78807B" w14:textId="77777777" w:rsidR="005F7288" w:rsidRDefault="005F7288" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="044F3A34" w14:textId="77777777" w:rsidR="005F7288" w:rsidRPr="005F7288" w:rsidRDefault="005F7288" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15A65BDE" w14:textId="3D8C6227" w:rsidR="00FD36FC" w:rsidRPr="005F7288" w:rsidRDefault="00FD36FC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Modalités de gestion des DASRI produits (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E346B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">joindre la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>convention avec le prestataire de collecte et d’élimination)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25F8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF2B544" w14:textId="77777777" w:rsidR="00FD36FC" w:rsidRDefault="00FD36FC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
           <w:b/>
           <w:color w:val="auto"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A20F2D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DA45E22" w14:textId="77777777" w:rsidR="00E346B5" w:rsidRDefault="00E346B5" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
           <w:b/>
           <w:color w:val="auto"/>
-          <w:u w:val="single"/>
-[...308 lines deleted...]
-        <w:pStyle w:val="Default"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56E37C11" w14:textId="4E4A2D70" w:rsidR="00A20F2D" w:rsidRPr="00DD4E8F" w:rsidRDefault="00A20F2D" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
           <w:b/>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD4E8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
           <w:b/>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00715086" w:rsidRPr="00470E98">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD36FC" w:rsidRPr="00DD4E8F">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD36FC" w:rsidRPr="00DD4E8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Conditions générales de fonct</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004A4AF1" w:rsidRPr="00470E98">
+        <w:t>Conditions générales de fonctionnement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A144987" w14:textId="77777777" w:rsidR="00FD36FC" w:rsidRDefault="00FD36FC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A3FEF23" w14:textId="4B7BC930" w:rsidR="00FD36FC" w:rsidRDefault="00FD36FC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Organisation prévue pour la réalisation des tests conforme aux recommandations nationales en vigueur : procédures encadrant l’accueil et l’information du public ciblé, recueil du consentement de la personne concernée, réalisation technique et remise des résultats ; documents donnés à la personne</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25F8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0120155C" w14:textId="77777777" w:rsidR="005F7288" w:rsidRDefault="005F7288" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DC0ED64" w14:textId="77777777" w:rsidR="00B824B7" w:rsidRPr="005F7288" w:rsidRDefault="00B824B7" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="783034BE" w14:textId="1584FB42" w:rsidR="00FD36FC" w:rsidRDefault="00FD36FC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Conditions garantissant la confidentialité des échanges avec la personne accueillie à l’intérieur des locaux fixes ou mobiles servant de lieux d’intervention</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25F8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="233CD57F" w14:textId="77777777" w:rsidR="005F7288" w:rsidRDefault="005F7288" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CE54961" w14:textId="77777777" w:rsidR="005F7288" w:rsidRPr="005F7288" w:rsidRDefault="005F7288" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67C9974C" w14:textId="7D10FFEB" w:rsidR="00FD36FC" w:rsidRDefault="00FD36FC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Conditions d’orientation et d’accompagnement des personnes vers une ou plusieurs structures lui permettant la réalisation d’examen de biologie médicale et une prise en charge thérapeutique</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25F8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB2F3B2" w14:textId="77777777" w:rsidR="005F7288" w:rsidRDefault="005F7288" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28966457" w14:textId="77777777" w:rsidR="00B824B7" w:rsidRPr="005F7288" w:rsidRDefault="00B824B7" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F69C7A4" w14:textId="24712D47" w:rsidR="00FD36FC" w:rsidRDefault="00DD4E8F" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD36FC" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>odalités de conservation des données permettant de garantir la confidentialité des informations</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25F8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44853E0C" w14:textId="77777777" w:rsidR="005F7288" w:rsidRDefault="005F7288" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16FEB57D" w14:textId="77777777" w:rsidR="005F7288" w:rsidRPr="005F7288" w:rsidRDefault="005F7288" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E33EBCD" w14:textId="4E8A8F52" w:rsidR="00FD36FC" w:rsidRDefault="00FD36FC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Conventions formalisées avec un ou plusieurs centres d’information, de dépistage et de diagnostic (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>CeGIDD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>), un ou plusieurs établissements susceptibles de prendre en charge des personnes infectées</w:t>
+      </w:r>
+      <w:r w:rsidR="00947215">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A1AEA71" w14:textId="77777777" w:rsidR="005F7288" w:rsidRDefault="005F7288" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="405331F9" w14:textId="77777777" w:rsidR="00B824B7" w:rsidRPr="005F7288" w:rsidRDefault="00B824B7" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FD85172" w14:textId="059764FD" w:rsidR="00FD36FC" w:rsidRPr="005F7288" w:rsidRDefault="00FD36FC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk217306473"/>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Articulation avec le réseau des professionnels de la prévention, du dépistage et du soin des infections concernées ainsi que des associations de malades ou d’usagers du système de santé, tel que coordonné par l’ARS et les structures de coordination du territoire d’implantation de l’établissement</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="00947215">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B9AD77" w14:textId="77777777" w:rsidR="00FD36FC" w:rsidRPr="005F7288" w:rsidRDefault="00FD36FC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37C84232" w14:textId="77777777" w:rsidR="00FD36FC" w:rsidRDefault="00FD36FC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46166246" w14:textId="77777777" w:rsidR="00947215" w:rsidRPr="005F7288" w:rsidRDefault="00947215" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E35025C" w14:textId="77777777" w:rsidR="006C1668" w:rsidRPr="00DD4E8F" w:rsidRDefault="006C1668" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ionnement</w:t>
-[...1160 lines deleted...]
-        <w:pStyle w:val="Default"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD4E8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A20F2D">
+        <w:t>6. Procédure d’assurance qualité</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="735AC928" w14:textId="77777777" w:rsidR="006C1668" w:rsidRDefault="006C1668" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33D3A0BC" w14:textId="7CD83E5E" w:rsidR="006C1668" w:rsidRPr="005F7288" w:rsidRDefault="006C1668" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Fournir le document décrivant la procédure d’assurance qualité telle que définie au paragraphe 10 de l’annexe I de l’arrêté </w:t>
+      </w:r>
+      <w:r w:rsidR="006C68B6" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">du 13 mai 2024 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>fixant les conditions de réalisation des tests rapides d’orientation diagnostique de l’infection, en milieu médico-social ou associatif et autres centres et établissements autorisés</w:t>
+      </w:r>
+      <w:r w:rsidR="00947215">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AB86F1F" w14:textId="25467281" w:rsidR="006C1668" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F458A1A" w14:textId="77777777" w:rsidR="004637D3" w:rsidRDefault="004637D3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A1FF6BC" w14:textId="58BCFD58" w:rsidR="00B9445C" w:rsidRPr="005F7288" w:rsidRDefault="00F25F8A" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
           <w:b/>
-          <w:color w:val="auto"/>
+          <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>7. Procédure d’assurance qualité et assurances responsabilité</w:t>
-[...389 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
           <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9445C" w:rsidRPr="00B9445C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9445C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9445C" w:rsidRPr="00B9445C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>udget prévisionnel de la structure et le mode de financement envisagé pour les TROD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78AF5C3B" w14:textId="77777777" w:rsidR="00DD4E8F" w:rsidRDefault="00DD4E8F" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20E745D7" w14:textId="2267921E" w:rsidR="00B9445C" w:rsidRPr="005F7288" w:rsidRDefault="00B9445C" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Document Excel à renseigner</w:t>
+      </w:r>
+      <w:r w:rsidR="004637D3" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>, à télécharger sur le site de l’ARS</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72EEC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Occitanie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA5D54B" w14:textId="77777777" w:rsidR="004637D3" w:rsidRDefault="004637D3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="393085DA" w14:textId="65500A55" w:rsidR="006C1668" w:rsidRPr="00DD4E8F" w:rsidRDefault="00F25F8A" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1668" w:rsidRPr="00DD4E8F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Demande d’habilitation complémentaire à une habilitation existante </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD074C9" w14:textId="77777777" w:rsidR="006C1668" w:rsidRDefault="006C1668" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="513E78F5" w14:textId="77777777" w:rsidR="006C1668" w:rsidRDefault="006C1668" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorsque la structure associative dispose déjà d’une habilitation pour l’utilisation de TROD et qu’elle souhaite disposer d’une habilitation complémentaire pour utiliser des TROD pour dépister d’autres infections, le dossier de demande complémentaire doit comprendre les informations ou documents suivants : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EAE2791" w14:textId="77777777" w:rsidR="00B72EEC" w:rsidRPr="005F7288" w:rsidRDefault="00B72EEC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A9B01FA" w14:textId="4AA95843" w:rsidR="005F7288" w:rsidRDefault="00B72EEC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Une</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1668" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lettre de demande d’habilitation complémentaire pour l’utilisation de TROD autres que ceux pour lesquels la structure est habilitée ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B640899" w14:textId="77777777" w:rsidR="005F7288" w:rsidRDefault="005F7288" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70401A1F" w14:textId="5DABE611" w:rsidR="005F7288" w:rsidRDefault="00B72EEC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Toute</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1668" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> modification des informations contenues dans le précédent dossier d’habilitation concernant les informations générales sur la structure associative, les modalités de conservation de ces TROD, les modalités de gestion des DASRI produits, les conditions générales de fonctionnement, la procédure d’assurance qualité ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6636FF69" w14:textId="77777777" w:rsidR="005F7288" w:rsidRPr="005F7288" w:rsidRDefault="005F7288" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times LT Std"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...5 lines deleted...]
-          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F051489" w14:textId="26A61150" w:rsidR="005F7288" w:rsidRDefault="00B72EEC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Les</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1668" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> objectifs et le descriptif du public ciblé par la nouvelle offre de TROD ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10F1A191" w14:textId="77777777" w:rsidR="005F7288" w:rsidRPr="005F7288" w:rsidRDefault="005F7288" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times LT Std"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...8 lines deleted...]
-          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CC7B02C" w14:textId="4BF2FC8F" w:rsidR="005F7288" w:rsidRDefault="00B72EEC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>La</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1668" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> liste nominative et la qualité des personnes formées à l’utilisation des TROD demandés ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43BE857D" w14:textId="77777777" w:rsidR="005F7288" w:rsidRPr="005F7288" w:rsidRDefault="005F7288" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times LT Std"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...127 lines deleted...]
-      <w:r w:rsidRPr="00470E98">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E7F7B9F" w14:textId="43CFD344" w:rsidR="005F7288" w:rsidRDefault="00B72EEC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Les</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1668" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> procédures de formation et de mise à jour des compétences du personnel réalisant les TROD ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB67ED7" w14:textId="77777777" w:rsidR="005F7288" w:rsidRPr="005F7288" w:rsidRDefault="005F7288" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times LT Std"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63B86DCC" w14:textId="16E89EF6" w:rsidR="005F7288" w:rsidRDefault="00B72EEC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>La</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1668" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mention des locaux fixes ou mobiles et de lieux d’intervention prévus ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35591163" w14:textId="77777777" w:rsidR="005F7288" w:rsidRPr="005F7288" w:rsidRDefault="005F7288" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times LT Std"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DBD9E3F" w14:textId="7527133D" w:rsidR="005F7288" w:rsidRDefault="00B72EEC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Les</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1668" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> types et marques et les matrices utilisées, pour les TROD demandés ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E6CB286" w14:textId="77777777" w:rsidR="005F7288" w:rsidRPr="005F7288" w:rsidRDefault="005F7288" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times LT Std"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7823325D" w14:textId="7719FD20" w:rsidR="005F7288" w:rsidRDefault="00B72EEC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Les</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1668" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attestations de suivi de formation complémentaire du personnel dédié à la réalisation des TROD demandés ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79501052" w14:textId="77777777" w:rsidR="005F7288" w:rsidRPr="005F7288" w:rsidRDefault="005F7288" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times LT Std"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33B6888C" w14:textId="3B10991B" w:rsidR="006C68B6" w:rsidRPr="005F7288" w:rsidRDefault="00B72EEC" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Les</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1668" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> assurances responsabilité civile souscrites par la structure pour la réalisation des TROD demandés.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="640E86C9" w14:textId="77777777" w:rsidR="00B9445C" w:rsidRDefault="00B9445C" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FEC72D9" w14:textId="77777777" w:rsidR="00947215" w:rsidRPr="005F7288" w:rsidRDefault="00947215" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72AFB3BD" w14:textId="77777777" w:rsidR="009372F8" w:rsidRPr="00B9445C" w:rsidRDefault="009372F8" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="352683EE" w14:textId="4285B935" w:rsidR="00256058" w:rsidRDefault="00E66CD3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>Pièces à fournir</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Default"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00470E98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Pi</w:t>
+      </w:r>
+      <w:r w:rsidR="00947215">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>È</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00470E98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ces </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9445C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jUSTIFICATIVES </w:t>
+      </w:r>
+      <w:r w:rsidR="00947215">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>À</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00470E98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fournir</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65879986" w14:textId="77777777" w:rsidR="00715086" w:rsidRPr="00470E98" w:rsidRDefault="00715086" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F71CA3" w:rsidRDefault="00F8356A" w:rsidP="00F71CA3">
+    <w:p w14:paraId="40BE6E11" w14:textId="34A9669D" w:rsidR="004637D3" w:rsidRPr="005F7288" w:rsidRDefault="00000000" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:id w:val="-1062100630"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B72EEC">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+              <w:color w:val="auto"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F8356A" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Documents relatifs à l’organisation prévue pour la réalisation des TROD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B0ECD2" w14:textId="77777777" w:rsidR="004637D3" w:rsidRDefault="004637D3" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="485DD659" w14:textId="07F1F3FB" w:rsidR="004637D3" w:rsidRPr="005F7288" w:rsidRDefault="00000000" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:id w:val="-2048754760"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B72EEC">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+              <w:color w:val="auto"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B72EEC" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A4AF1" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Convention avec le prestataire de collecte et d’élimination des DASRI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B83209" w14:textId="77777777" w:rsidR="004637D3" w:rsidRDefault="004637D3" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5420E13D" w14:textId="45123E8F" w:rsidR="004637D3" w:rsidRPr="005F7288" w:rsidRDefault="00000000" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:id w:val="-1155682668"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B72EEC">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+              <w:color w:val="auto"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B72EEC" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A4AF1" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Copie des documents</w:t>
+      </w:r>
+      <w:r w:rsidR="004349D8" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’information et de recueil de consentement</w:t>
+      </w:r>
+      <w:r w:rsidR="004A4AF1" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> remis au bénéficiair</w:t>
+      </w:r>
+      <w:r w:rsidR="004637D3" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C6DBEE6" w14:textId="77777777" w:rsidR="004637D3" w:rsidRPr="005F7288" w:rsidRDefault="004637D3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times LT Std" w:hAnsi="Times LT Std" w:cs="Times LT Std"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A8EFCDE" w14:textId="0E451D41" w:rsidR="009372F8" w:rsidRPr="005F7288" w:rsidRDefault="00000000" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:id w:val="651646488"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B72EEC">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+              <w:color w:val="auto"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B72EEC" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A4AF1" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Conventions formalisées avec un ou plusieurs centres d’information, de dépistage et de diagnostic (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004A4AF1" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>CeGIDD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004A4AF1" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), un ou plusieurs établissements ou </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9445C" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>permanences d’accès aux soins de santé</w:t>
+      </w:r>
+      <w:r w:rsidR="004A4AF1" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (PASS) susceptibles de prendre en charge des personnes</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9445C" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le VIH ou le VHC ou le VHB ou la bactérie Treponema pallidum</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AEA2D26" w14:textId="77777777" w:rsidR="004637D3" w:rsidRPr="005F7288" w:rsidRDefault="004637D3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times LT Std" w:hAnsi="Times LT Std" w:cs="Times LT Std"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A55DD9A" w14:textId="79A48741" w:rsidR="009372F8" w:rsidRPr="005F7288" w:rsidRDefault="00000000" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:id w:val="-124698160"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B72EEC">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+              <w:color w:val="auto"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B72EEC" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9445C" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Conventions formalisées avec le réseau des professionnels de la prévention, du dépistage et du soin des infections concernées ainsi que des associations de malades ou d’usagers du système de santé, tel que coordonné par l’ARS et les structures de coordination du territoire d’implantation de l’établissement</w:t>
+      </w:r>
+      <w:r w:rsidR="009372F8" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F5A9E34" w14:textId="77777777" w:rsidR="004637D3" w:rsidRPr="005F7288" w:rsidRDefault="004637D3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times LT Std" w:hAnsi="Times LT Std" w:cs="Times LT Std"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D3E360F" w14:textId="0EDDA0DA" w:rsidR="009372F8" w:rsidRPr="005F7288" w:rsidRDefault="00000000" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:id w:val="-1465417671"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B72EEC">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+              <w:color w:val="auto"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B72EEC" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A4AF1" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Procédure d’assurance qualité (</w:t>
+      </w:r>
+      <w:r w:rsidR="00715086" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>telle que</w:t>
+      </w:r>
+      <w:r w:rsidR="004A4AF1" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> définie au </w:t>
+      </w:r>
+      <w:r w:rsidR="00256058" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>paragraphe 10 de l’annexe I de l’arrêté du 13 mai 2024)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777FED9D" w14:textId="77777777" w:rsidR="004637D3" w:rsidRPr="005F7288" w:rsidRDefault="004637D3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times LT Std" w:hAnsi="Times LT Std" w:cs="Times LT Std"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="399C0B1A" w14:textId="5D0A0365" w:rsidR="009372F8" w:rsidRPr="005F7288" w:rsidRDefault="00000000" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:id w:val="-1058393355"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B72EEC">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+              <w:color w:val="auto"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B72EEC" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9445C" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Attestations de suivi de formation du personnel dédié à la réalisation de chaque TROD pour l’utilisation desquels la structure été habilitée </w:t>
+      </w:r>
+      <w:r w:rsidR="009372F8" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>(document</w:t>
+      </w:r>
+      <w:r w:rsidR="00256058" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à télécharger)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2246F236" w14:textId="77777777" w:rsidR="004637D3" w:rsidRPr="005F7288" w:rsidRDefault="004637D3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times LT Std" w:hAnsi="Times LT Std" w:cs="Times LT Std"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73C8FE74" w14:textId="5060CAAD" w:rsidR="009372F8" w:rsidRPr="005F7288" w:rsidRDefault="00000000" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:id w:val="782854949"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B72EEC">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+              <w:color w:val="auto"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B72EEC" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A4AF1" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00715086" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ssurance responsabilité civile souscrite par </w:t>
+      </w:r>
+      <w:r w:rsidR="004A4AF1" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>la structure</w:t>
+      </w:r>
+      <w:r w:rsidR="00671548" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour la réalisation des TROD</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9445C" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de chaque TROD pour l’utilisation desquels la structure a été habilitée.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="074EFD43" w14:textId="77777777" w:rsidR="004637D3" w:rsidRPr="005F7288" w:rsidRDefault="004637D3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times LT Std" w:hAnsi="Times LT Std" w:cs="Times LT Std"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B2D9D8B" w14:textId="76FDE53C" w:rsidR="009372F8" w:rsidRPr="005F7288" w:rsidRDefault="00000000" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:id w:val="525225813"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B72EEC">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+              <w:color w:val="auto"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B72EEC" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F8356A" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Budget prévisionnel de l’activité de dépistage par des TROD de l’infection par le VHC, VHB</w:t>
+      </w:r>
+      <w:r w:rsidR="00256058" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F8356A" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>VIH 1 et</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9445C" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F8356A" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00256058" w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et par la bactérie Treponema pallidum (syphilis) (cf. modèle ARS à télécharger)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0306C1D8" w14:textId="77777777" w:rsidR="004637D3" w:rsidRPr="005F7288" w:rsidRDefault="004637D3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times LT Std" w:hAnsi="Times LT Std" w:cs="Times LT Std"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EEB52B7" w14:textId="6992AE17" w:rsidR="00B9445C" w:rsidRPr="005F7288" w:rsidRDefault="00B9445C" w:rsidP="00E346B5">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7288">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Copie des documents d’information et de recueil de consentement remis au bénéficiaire</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AF1D7EE" w14:textId="77777777" w:rsidR="00B9445C" w:rsidRPr="00B9445C" w:rsidRDefault="00B9445C" w:rsidP="00E346B5">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F8356A">
+    </w:p>
+    <w:p w14:paraId="0667FC37" w14:textId="77777777" w:rsidR="009F1B6A" w:rsidRPr="00470E98" w:rsidRDefault="009F1B6A" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>Documents relatifs à l’organisation prévue pour la réalisation des TROD</w:t>
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00470E98">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Univers LT Std"/>
           <w:color w:val="auto"/>
         </w:rPr>
-      </w:pPr>
-[...300 lines deleted...]
-        </w:rPr>
         <w:t>------------------------------------------------------------------------------------------------------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00671548" w:rsidRPr="00470E98" w:rsidRDefault="00671548" w:rsidP="00715086">
-[...309 lines deleted...]
-          <w:color w:val="auto"/>
+    <w:p w14:paraId="5D3D5159" w14:textId="77777777" w:rsidR="00E66CD3" w:rsidRDefault="00E66CD3" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B174E82" w14:textId="4CD8D68C" w:rsidR="00EA0F1E" w:rsidRDefault="00EA0F1E" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...10 lines deleted...]
-      </w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Je soussigné,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="116CD71C" w14:textId="319E039F" w:rsidR="00EA0F1E" w:rsidRDefault="00EA0F1E" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...16 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>En qualité de</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F69E7C9" w14:textId="01D3D7D9" w:rsidR="00EA0F1E" w:rsidRDefault="00EA0F1E" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> la qualité des personnes formées à l’utilisation des TROD demandés en habilitation complémentaire</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certifie que </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF1A87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...8 lines deleted...]
-        <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="00E66CD3" w:rsidRPr="00715086" w:rsidSect="00715086">
+        <w:t xml:space="preserve">es informations </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF1A87">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fournies </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>sont exactes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3317653D" w14:textId="77777777" w:rsidR="00EA0F1E" w:rsidRDefault="00EA0F1E" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72689348" w14:textId="3E756F94" w:rsidR="00EA0F1E" w:rsidRDefault="00EA0F1E" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36233419" w14:textId="53CC0E8F" w:rsidR="00EA0F1E" w:rsidRPr="00715086" w:rsidRDefault="00EA0F1E" w:rsidP="00F25F8A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Signature</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00EA0F1E" w:rsidRPr="00715086" w:rsidSect="00715086">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1135" w:right="566" w:bottom="1843" w:left="993" w:header="709" w:footer="419" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004C2B23" w:rsidRDefault="004C2B23">
+    <w:p w14:paraId="0EE1EFB9" w14:textId="77777777" w:rsidR="00F40816" w:rsidRDefault="00F40816">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004C2B23" w:rsidRDefault="004C2B23">
+    <w:p w14:paraId="489BB864" w14:textId="77777777" w:rsidR="00F40816" w:rsidRDefault="00F40816">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times LT Std">
-    <w:altName w:val="Times LT Std"/>
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings 2">
-[...4 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers LT Std">
     <w:altName w:val="Univers LT Std"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="0088664C" w:rsidRPr="00936E45" w:rsidRDefault="0088664C" w:rsidP="0088664C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="187D245D" w14:textId="77777777" w:rsidR="0088664C" w:rsidRPr="00936E45" w:rsidRDefault="0088664C" w:rsidP="0088664C">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="0088664C" w:rsidRDefault="0088664C" w:rsidP="0088664C"/>
+  <w:p w14:paraId="13E8CDF8" w14:textId="77777777" w:rsidR="0088664C" w:rsidRDefault="0088664C" w:rsidP="0088664C"/>
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="1700276938"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="0088664C" w:rsidRDefault="0088664C" w:rsidP="0088664C">
+      <w:p w14:paraId="65324FD3" w14:textId="77777777" w:rsidR="0088664C" w:rsidRDefault="0088664C" w:rsidP="0088664C">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00F71CA3">
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="0088664C" w:rsidRDefault="0088664C" w:rsidP="0088664C">
+  <w:p w14:paraId="562D3C59" w14:textId="77777777" w:rsidR="0088664C" w:rsidRDefault="0088664C" w:rsidP="0088664C">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="0088664C" w:rsidRDefault="0088664C" w:rsidP="0088664C"/>
-  <w:p w:rsidR="0088664C" w:rsidRPr="0032471B" w:rsidRDefault="0088664C" w:rsidP="0088664C">
+  <w:p w14:paraId="20711559" w14:textId="77777777" w:rsidR="0088664C" w:rsidRDefault="0088664C" w:rsidP="0088664C"/>
+  <w:p w14:paraId="2D4CCA34" w14:textId="77777777" w:rsidR="0088664C" w:rsidRPr="0032471B" w:rsidRDefault="0088664C" w:rsidP="0088664C">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:b/>
         <w:color w:val="939598"/>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0032471B">
       <w:rPr>
         <w:b/>
         <w:color w:val="939598"/>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:t>Agence Régionale de Santé Occitanie</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0088664C" w:rsidRPr="00C70A71" w:rsidRDefault="0088664C" w:rsidP="0088664C">
+  <w:p w14:paraId="75F602AE" w14:textId="77777777" w:rsidR="0088664C" w:rsidRPr="00C70A71" w:rsidRDefault="0088664C" w:rsidP="0088664C">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:color w:val="939598"/>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C70A71">
       <w:rPr>
         <w:color w:val="939598"/>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:t>26-28 Parc-Club du Millénaire</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0088664C" w:rsidRPr="00C70A71" w:rsidRDefault="0088664C" w:rsidP="0088664C">
+  <w:p w14:paraId="79D1CC96" w14:textId="77777777" w:rsidR="0088664C" w:rsidRPr="00C70A71" w:rsidRDefault="0088664C" w:rsidP="0088664C">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:color w:val="939598"/>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C70A71">
       <w:rPr>
         <w:color w:val="939598"/>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:t>1025, rue Henri Becquerel - CS 30001</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0088664C" w:rsidRDefault="0088664C" w:rsidP="0088664C">
+  <w:p w14:paraId="00A28E9B" w14:textId="77777777" w:rsidR="0088664C" w:rsidRDefault="0088664C" w:rsidP="0088664C">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:color w:val="939598"/>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C70A71">
       <w:rPr>
         <w:color w:val="939598"/>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:t>34067 MONTPELLIER CEDEX 2</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0088664C" w:rsidRPr="0032471B" w:rsidRDefault="004C2B23" w:rsidP="0088664C">
+  <w:p w14:paraId="77458A60" w14:textId="77777777" w:rsidR="0088664C" w:rsidRPr="0032471B" w:rsidRDefault="0088664C" w:rsidP="0088664C">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         <w:b/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidR="0088664C" w:rsidRPr="0032471B">
+      <w:r w:rsidRPr="0032471B">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="939598"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>occitanie.ars.sante.fr</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidR="0088664C">
+    <w:r>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         <w:b/>
         <w:noProof/>
         <w:color w:val="939598"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
-    <w:r w:rsidR="0088664C" w:rsidRPr="00354B8C">
+    <w:r w:rsidRPr="00354B8C">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="20C3A29A" wp14:editId="0C41BD5F">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B608094" wp14:editId="503190D2">
           <wp:extent cx="142875" cy="142875"/>
           <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
           <wp:docPr id="4" name="Image 4" descr="cid:image002.png@01D62A0B.4BC8B560">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Image 9" descr="cid:image002.png@01D62A0B.4BC8B560">
                     <a:hlinkClick r:id="rId2"/>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId3">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
@@ -7024,68 +6906,68 @@
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="142875" cy="142875"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="0088664C" w:rsidRPr="00E32FB5">
+    <w:r w:rsidRPr="00E32FB5">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
-    <w:r w:rsidR="0088664C" w:rsidRPr="00354B8C">
+    <w:r w:rsidRPr="00354B8C">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="510AADAB" wp14:editId="21B54FE4">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="188DA713" wp14:editId="0D4F5521">
           <wp:extent cx="151130" cy="151130"/>
           <wp:effectExtent l="0" t="0" r="1270" b="1270"/>
           <wp:docPr id="3" name="Image 3" descr="cid:image003.png@01D62A0B.4BC8B560">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId4"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Image 2" descr="cid:image003.png@01D62A0B.4BC8B560">
                     <a:hlinkClick r:id="rId4"/>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId5">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
@@ -7094,87 +6976,87 @@
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="151130" cy="151130"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00DB2734" w:rsidRPr="00CD54A0" w:rsidRDefault="00DB2734" w:rsidP="00E66CD3">
+  <w:p w14:paraId="41DA7C50" w14:textId="77777777" w:rsidR="00DB2734" w:rsidRPr="00CD54A0" w:rsidRDefault="00DB2734" w:rsidP="00E66CD3">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="002395"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004C2B23" w:rsidRDefault="004C2B23">
+    <w:p w14:paraId="6AD0B217" w14:textId="77777777" w:rsidR="00F40816" w:rsidRDefault="00F40816">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004C2B23" w:rsidRDefault="004C2B23">
+    <w:p w14:paraId="1E61E1BD" w14:textId="77777777" w:rsidR="00F40816" w:rsidRDefault="00F40816">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="5B80B7A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Listepuces"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07167933"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D85A74AC"/>
@@ -7774,50 +7656,502 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="216E3F33"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AA24BC10"/>
+    <w:lvl w:ilvl="0" w:tplc="040C000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="225A19C9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DC68188E"/>
+    <w:lvl w:ilvl="0" w:tplc="040C000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22E3062F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="24D45AD4"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="254A4E0B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F7F86AE4"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25DF1D09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FEE6E06"/>
     <w:lvl w:ilvl="0" w:tplc="201E9598">
       <w:start w:val="23"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7913,51 +8247,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="273B368E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="29E81B8A"/>
     <w:lvl w:ilvl="0" w:tplc="EAE27042">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8053,51 +8387,164 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2AF12528"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3DF8C604"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CA320E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C4A10A8"/>
     <w:lvl w:ilvl="0" w:tplc="040C000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
@@ -8142,51 +8589,261 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3214642E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="41524272"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33561AF8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="806AF492"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35B40B5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="35D822D6"/>
     <w:lvl w:ilvl="0" w:tplc="47C483D6">
       <w:start w:val="10"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8282,51 +8939,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36F9315D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="07B02514"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -8395,51 +9052,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="401B02CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7AA8228E"/>
     <w:lvl w:ilvl="0" w:tplc="C80C01C4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="483"/>
         </w:tabs>
         <w:ind w:left="483" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8535,51 +9192,172 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41E404A3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7CAA026C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46AF723D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BBC40920"/>
     <w:lvl w:ilvl="0" w:tplc="E6F4D3C6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7FD48260">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -8673,51 +9451,502 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CDD0960"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A82C1782"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="505C291A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FAE27240"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="552D6437"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2B8E4128"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59A13F4F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EFD2D302"/>
+    <w:lvl w:ilvl="0" w:tplc="C6960D5C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F09163C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C00C0BEA"/>
     <w:lvl w:ilvl="0" w:tplc="47C483D6">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8813,51 +10042,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6509670E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B48E2D1E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times LT Std"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -8926,51 +10155,164 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65A24E9E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1D662966"/>
+    <w:lvl w:ilvl="0" w:tplc="F0D254DE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F0D254DE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66650D93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E6EA6D2"/>
     <w:lvl w:ilvl="0" w:tplc="13E0BBE0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-66" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="654" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9039,51 +10381,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4974" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5694" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68AB2A11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="28BC1092"/>
     <w:lvl w:ilvl="0" w:tplc="47C483D6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -9178,51 +10520,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B783BFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B7B424A8"/>
     <w:lvl w:ilvl="0" w:tplc="47C483D6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -9317,51 +10659,163 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6BED24F1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E3967C8E"/>
+    <w:lvl w:ilvl="0" w:tplc="C6960D5C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C0F549B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B5CC2AE"/>
     <w:lvl w:ilvl="0" w:tplc="35A68FA8">
       <w:start w:val="91"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-66" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="654" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9430,51 +10884,164 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4974" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5694" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C647FA5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B9E87BF0"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74BD42D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D9705464"/>
     <w:lvl w:ilvl="0" w:tplc="CCEC16AC">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="ED2E85B6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -9569,636 +11136,962 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78DF4E4F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F83A4B0C"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E9D3449"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0CAC867A"/>
+    <w:lvl w:ilvl="0" w:tplc="6D98E504">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1565723510">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1537618248">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="136269480">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1909918956">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="805005501">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="675693466">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1355763678">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="8" w16cid:durableId="1509758903">
+    <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="9" w16cid:durableId="1848056311">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="10" w16cid:durableId="898979150">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1578250080">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1773553357">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="696005412">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="2124692489">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1327783121">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1616206039">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="17" w16cid:durableId="1123156224">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="370808708">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1495992072">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="2051150926">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1442534911">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1031610297">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1698651964">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="488789283">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1018434223">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1193953469">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="847058218">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="150756692">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="29" w16cid:durableId="1512571168">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1227031062">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="760764266">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="2083940458">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1390225641">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="293487967">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="35" w16cid:durableId="1124040371">
+    <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="9">
-[...17 lines deleted...]
-  <w:num w:numId="15">
+  <w:num w:numId="36" w16cid:durableId="1077164710">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="16">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="37" w16cid:durableId="1587156295">
+    <w:abstractNumId w:val="35"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BE745A"/>
     <w:rsid w:val="00000349"/>
     <w:rsid w:val="00005B82"/>
     <w:rsid w:val="00011337"/>
     <w:rsid w:val="00020534"/>
     <w:rsid w:val="00023798"/>
     <w:rsid w:val="00026F75"/>
     <w:rsid w:val="0002706D"/>
     <w:rsid w:val="00032B18"/>
     <w:rsid w:val="00055266"/>
+    <w:rsid w:val="000564E2"/>
     <w:rsid w:val="000620BB"/>
     <w:rsid w:val="00077FED"/>
     <w:rsid w:val="00081526"/>
     <w:rsid w:val="00083E81"/>
     <w:rsid w:val="00084132"/>
     <w:rsid w:val="000862B8"/>
     <w:rsid w:val="00092192"/>
     <w:rsid w:val="000958CB"/>
     <w:rsid w:val="00095E9E"/>
     <w:rsid w:val="000A4DAF"/>
     <w:rsid w:val="000A4F10"/>
     <w:rsid w:val="000A5D0A"/>
     <w:rsid w:val="000A701A"/>
     <w:rsid w:val="000A788E"/>
     <w:rsid w:val="000A79BA"/>
     <w:rsid w:val="000B12FC"/>
+    <w:rsid w:val="000B44F9"/>
     <w:rsid w:val="000C14BC"/>
     <w:rsid w:val="000C5322"/>
     <w:rsid w:val="000D0109"/>
     <w:rsid w:val="000D3EFC"/>
     <w:rsid w:val="000D652F"/>
     <w:rsid w:val="000D669C"/>
     <w:rsid w:val="000E2F44"/>
     <w:rsid w:val="000E3BCF"/>
     <w:rsid w:val="000F5D25"/>
     <w:rsid w:val="00100119"/>
     <w:rsid w:val="001030BF"/>
     <w:rsid w:val="001055E2"/>
     <w:rsid w:val="00114159"/>
     <w:rsid w:val="0011583D"/>
     <w:rsid w:val="00116417"/>
     <w:rsid w:val="001178BF"/>
     <w:rsid w:val="001224F6"/>
     <w:rsid w:val="001315AA"/>
     <w:rsid w:val="00140FEF"/>
     <w:rsid w:val="00143E63"/>
     <w:rsid w:val="00152A3B"/>
     <w:rsid w:val="00160186"/>
     <w:rsid w:val="00160509"/>
     <w:rsid w:val="001625B7"/>
     <w:rsid w:val="00165BEE"/>
     <w:rsid w:val="00170B8F"/>
     <w:rsid w:val="0017127B"/>
     <w:rsid w:val="00172F4A"/>
     <w:rsid w:val="00186DC1"/>
     <w:rsid w:val="00192492"/>
     <w:rsid w:val="001927B3"/>
     <w:rsid w:val="001A077F"/>
     <w:rsid w:val="001A0951"/>
     <w:rsid w:val="001A770A"/>
     <w:rsid w:val="001B1002"/>
     <w:rsid w:val="001B698A"/>
     <w:rsid w:val="001C73AC"/>
+    <w:rsid w:val="001D1D57"/>
     <w:rsid w:val="001F0413"/>
     <w:rsid w:val="001F42DE"/>
     <w:rsid w:val="001F44A5"/>
     <w:rsid w:val="001F64F9"/>
     <w:rsid w:val="001F721A"/>
     <w:rsid w:val="00203BCC"/>
     <w:rsid w:val="00203BDF"/>
     <w:rsid w:val="00204FE2"/>
     <w:rsid w:val="00205AEB"/>
     <w:rsid w:val="002119D5"/>
+    <w:rsid w:val="002225D3"/>
     <w:rsid w:val="002238E7"/>
     <w:rsid w:val="00240FF4"/>
     <w:rsid w:val="00241F8F"/>
     <w:rsid w:val="00243090"/>
     <w:rsid w:val="002440E8"/>
     <w:rsid w:val="00246BC6"/>
+    <w:rsid w:val="00256058"/>
     <w:rsid w:val="00257266"/>
     <w:rsid w:val="00265C52"/>
     <w:rsid w:val="00271FA6"/>
     <w:rsid w:val="00273C5D"/>
     <w:rsid w:val="002803E0"/>
     <w:rsid w:val="00294D42"/>
     <w:rsid w:val="002A27D6"/>
     <w:rsid w:val="002A3B0E"/>
     <w:rsid w:val="002A5314"/>
     <w:rsid w:val="002B17C1"/>
     <w:rsid w:val="002B41D2"/>
     <w:rsid w:val="002C3608"/>
     <w:rsid w:val="002C4233"/>
     <w:rsid w:val="002D06ED"/>
     <w:rsid w:val="002D0724"/>
     <w:rsid w:val="002D3A75"/>
     <w:rsid w:val="002D4FB1"/>
     <w:rsid w:val="002D7CB0"/>
     <w:rsid w:val="002E22E4"/>
     <w:rsid w:val="002F2AFC"/>
+    <w:rsid w:val="0031011A"/>
     <w:rsid w:val="00315713"/>
     <w:rsid w:val="00320ADD"/>
     <w:rsid w:val="0032362D"/>
     <w:rsid w:val="00324356"/>
     <w:rsid w:val="00324B11"/>
+    <w:rsid w:val="00327561"/>
+    <w:rsid w:val="003430DD"/>
     <w:rsid w:val="00346C71"/>
     <w:rsid w:val="0035101F"/>
     <w:rsid w:val="0036246E"/>
     <w:rsid w:val="003634B9"/>
     <w:rsid w:val="00372CBC"/>
     <w:rsid w:val="0037342C"/>
     <w:rsid w:val="003810A2"/>
     <w:rsid w:val="003827CE"/>
     <w:rsid w:val="00384BDC"/>
     <w:rsid w:val="00386441"/>
     <w:rsid w:val="0039391E"/>
     <w:rsid w:val="0039739E"/>
     <w:rsid w:val="003B6773"/>
     <w:rsid w:val="003B6C26"/>
     <w:rsid w:val="003C1379"/>
     <w:rsid w:val="003D5DEA"/>
     <w:rsid w:val="003E198A"/>
     <w:rsid w:val="003E5316"/>
     <w:rsid w:val="003F6462"/>
     <w:rsid w:val="00403B26"/>
     <w:rsid w:val="00412992"/>
     <w:rsid w:val="00412D02"/>
+    <w:rsid w:val="0042261A"/>
     <w:rsid w:val="004248C5"/>
     <w:rsid w:val="004349D8"/>
     <w:rsid w:val="004505A0"/>
     <w:rsid w:val="00452D55"/>
     <w:rsid w:val="004530AB"/>
+    <w:rsid w:val="004637D3"/>
     <w:rsid w:val="0046438B"/>
     <w:rsid w:val="00465E6D"/>
     <w:rsid w:val="00467908"/>
     <w:rsid w:val="00470E98"/>
+    <w:rsid w:val="00480BB3"/>
     <w:rsid w:val="00491BBA"/>
     <w:rsid w:val="00492343"/>
     <w:rsid w:val="004937D0"/>
     <w:rsid w:val="00496680"/>
     <w:rsid w:val="004A2380"/>
     <w:rsid w:val="004A4AF1"/>
     <w:rsid w:val="004A63B7"/>
     <w:rsid w:val="004B2613"/>
     <w:rsid w:val="004C2B23"/>
     <w:rsid w:val="004C5C94"/>
     <w:rsid w:val="004E4810"/>
+    <w:rsid w:val="004F038A"/>
     <w:rsid w:val="004F2C32"/>
     <w:rsid w:val="004F4CE7"/>
+    <w:rsid w:val="004F5428"/>
     <w:rsid w:val="004F5AE6"/>
     <w:rsid w:val="00510D79"/>
     <w:rsid w:val="00515327"/>
     <w:rsid w:val="00515491"/>
     <w:rsid w:val="0051634C"/>
     <w:rsid w:val="00526B32"/>
     <w:rsid w:val="00527BA0"/>
     <w:rsid w:val="005302E7"/>
     <w:rsid w:val="00536544"/>
     <w:rsid w:val="00545628"/>
     <w:rsid w:val="00545E30"/>
     <w:rsid w:val="00553FCF"/>
     <w:rsid w:val="00557D61"/>
+    <w:rsid w:val="00560EAE"/>
     <w:rsid w:val="0056319D"/>
+    <w:rsid w:val="005638F3"/>
     <w:rsid w:val="00575082"/>
     <w:rsid w:val="00584B43"/>
     <w:rsid w:val="0058768E"/>
     <w:rsid w:val="00595171"/>
     <w:rsid w:val="00595A4F"/>
     <w:rsid w:val="00595D90"/>
     <w:rsid w:val="005A5714"/>
     <w:rsid w:val="005B19A4"/>
     <w:rsid w:val="005B20ED"/>
     <w:rsid w:val="005C7274"/>
     <w:rsid w:val="005D27BF"/>
     <w:rsid w:val="005E5133"/>
+    <w:rsid w:val="005F7288"/>
     <w:rsid w:val="006064BA"/>
     <w:rsid w:val="0061199C"/>
     <w:rsid w:val="006128D5"/>
     <w:rsid w:val="0061557B"/>
     <w:rsid w:val="00615E5E"/>
     <w:rsid w:val="00631D83"/>
     <w:rsid w:val="006341CF"/>
     <w:rsid w:val="0063506A"/>
     <w:rsid w:val="00636746"/>
     <w:rsid w:val="00650873"/>
+    <w:rsid w:val="0065617C"/>
     <w:rsid w:val="00656E9E"/>
     <w:rsid w:val="0066160A"/>
     <w:rsid w:val="00665A43"/>
     <w:rsid w:val="0066643B"/>
     <w:rsid w:val="00671548"/>
     <w:rsid w:val="006813CA"/>
     <w:rsid w:val="00686338"/>
     <w:rsid w:val="00693039"/>
     <w:rsid w:val="00693050"/>
+    <w:rsid w:val="006938A8"/>
     <w:rsid w:val="006A6C2E"/>
     <w:rsid w:val="006A7271"/>
     <w:rsid w:val="006B255D"/>
     <w:rsid w:val="006B4CA3"/>
     <w:rsid w:val="006B732D"/>
     <w:rsid w:val="006C03A2"/>
+    <w:rsid w:val="006C1668"/>
     <w:rsid w:val="006C4EDD"/>
+    <w:rsid w:val="006C68B6"/>
     <w:rsid w:val="006C7073"/>
     <w:rsid w:val="006E176E"/>
     <w:rsid w:val="006E34F4"/>
+    <w:rsid w:val="006E6974"/>
+    <w:rsid w:val="006E6DFC"/>
     <w:rsid w:val="006E777A"/>
     <w:rsid w:val="006F53F5"/>
     <w:rsid w:val="006F647D"/>
     <w:rsid w:val="00700586"/>
     <w:rsid w:val="007013B0"/>
     <w:rsid w:val="00714714"/>
     <w:rsid w:val="00715086"/>
+    <w:rsid w:val="00722F02"/>
     <w:rsid w:val="0072566B"/>
     <w:rsid w:val="00737DE4"/>
     <w:rsid w:val="007443CE"/>
     <w:rsid w:val="00761914"/>
     <w:rsid w:val="00766459"/>
     <w:rsid w:val="007709E5"/>
     <w:rsid w:val="00777855"/>
     <w:rsid w:val="0078530F"/>
     <w:rsid w:val="00796908"/>
     <w:rsid w:val="007A2396"/>
     <w:rsid w:val="007A6BD9"/>
     <w:rsid w:val="007B0B2A"/>
     <w:rsid w:val="007B2A09"/>
     <w:rsid w:val="007B7FC1"/>
     <w:rsid w:val="007C7A52"/>
     <w:rsid w:val="007E518F"/>
     <w:rsid w:val="007E72F4"/>
     <w:rsid w:val="007F1944"/>
     <w:rsid w:val="007F1FB1"/>
     <w:rsid w:val="007F4F90"/>
     <w:rsid w:val="00801267"/>
     <w:rsid w:val="0080467E"/>
     <w:rsid w:val="008064B9"/>
     <w:rsid w:val="00816D56"/>
+    <w:rsid w:val="00826A38"/>
     <w:rsid w:val="00827400"/>
     <w:rsid w:val="0083261C"/>
     <w:rsid w:val="00836E46"/>
     <w:rsid w:val="00841048"/>
     <w:rsid w:val="00850B1C"/>
     <w:rsid w:val="008633BE"/>
     <w:rsid w:val="008641CF"/>
     <w:rsid w:val="0087082F"/>
     <w:rsid w:val="00871F89"/>
     <w:rsid w:val="0088664C"/>
     <w:rsid w:val="008908EA"/>
     <w:rsid w:val="00894891"/>
     <w:rsid w:val="00895A9D"/>
     <w:rsid w:val="008A06CE"/>
     <w:rsid w:val="008B2C4D"/>
     <w:rsid w:val="008B4F37"/>
     <w:rsid w:val="008B52DF"/>
     <w:rsid w:val="008B7209"/>
     <w:rsid w:val="008C766E"/>
+    <w:rsid w:val="008D1EAF"/>
     <w:rsid w:val="008D274C"/>
     <w:rsid w:val="008D3747"/>
     <w:rsid w:val="008D5674"/>
     <w:rsid w:val="008D7D9B"/>
     <w:rsid w:val="008D7E0C"/>
     <w:rsid w:val="008E0705"/>
     <w:rsid w:val="008E3CCB"/>
+    <w:rsid w:val="008E624B"/>
     <w:rsid w:val="008E7320"/>
+    <w:rsid w:val="008F2CF5"/>
     <w:rsid w:val="008F6908"/>
     <w:rsid w:val="008F7E55"/>
+    <w:rsid w:val="009003BD"/>
+    <w:rsid w:val="00902B3E"/>
     <w:rsid w:val="00903CC3"/>
     <w:rsid w:val="00910125"/>
     <w:rsid w:val="009164BB"/>
     <w:rsid w:val="0091729C"/>
     <w:rsid w:val="00917DDA"/>
     <w:rsid w:val="0093369C"/>
     <w:rsid w:val="0093713D"/>
+    <w:rsid w:val="009372F8"/>
+    <w:rsid w:val="00942B2C"/>
+    <w:rsid w:val="00947215"/>
     <w:rsid w:val="009547E7"/>
     <w:rsid w:val="0095685C"/>
     <w:rsid w:val="009570A4"/>
     <w:rsid w:val="0096455E"/>
     <w:rsid w:val="00973963"/>
     <w:rsid w:val="00975F4C"/>
     <w:rsid w:val="00976127"/>
     <w:rsid w:val="00980018"/>
     <w:rsid w:val="00987F4F"/>
     <w:rsid w:val="009A11EE"/>
     <w:rsid w:val="009A32E8"/>
     <w:rsid w:val="009B1B5D"/>
     <w:rsid w:val="009B765D"/>
     <w:rsid w:val="009C1F87"/>
     <w:rsid w:val="009F014E"/>
     <w:rsid w:val="009F1B6A"/>
     <w:rsid w:val="009F6DA4"/>
     <w:rsid w:val="00A0515D"/>
     <w:rsid w:val="00A13531"/>
     <w:rsid w:val="00A20F2D"/>
     <w:rsid w:val="00A227AA"/>
     <w:rsid w:val="00A2300D"/>
     <w:rsid w:val="00A36921"/>
     <w:rsid w:val="00A4495E"/>
     <w:rsid w:val="00A504FE"/>
     <w:rsid w:val="00A54902"/>
     <w:rsid w:val="00A630A6"/>
     <w:rsid w:val="00A63194"/>
     <w:rsid w:val="00A71AB9"/>
     <w:rsid w:val="00A76AEE"/>
+    <w:rsid w:val="00A859B3"/>
     <w:rsid w:val="00AA3A0B"/>
     <w:rsid w:val="00AA7FCE"/>
     <w:rsid w:val="00AB02AE"/>
     <w:rsid w:val="00AB207C"/>
     <w:rsid w:val="00AB3778"/>
     <w:rsid w:val="00AC4F80"/>
     <w:rsid w:val="00AC768C"/>
     <w:rsid w:val="00AD0AB0"/>
     <w:rsid w:val="00AF00AE"/>
     <w:rsid w:val="00AF4A00"/>
     <w:rsid w:val="00B0051B"/>
     <w:rsid w:val="00B05CF9"/>
     <w:rsid w:val="00B06D46"/>
     <w:rsid w:val="00B0734E"/>
     <w:rsid w:val="00B10C24"/>
     <w:rsid w:val="00B12978"/>
+    <w:rsid w:val="00B23438"/>
     <w:rsid w:val="00B23AAD"/>
     <w:rsid w:val="00B2555B"/>
     <w:rsid w:val="00B30DF9"/>
     <w:rsid w:val="00B32A8A"/>
     <w:rsid w:val="00B33104"/>
     <w:rsid w:val="00B434A1"/>
     <w:rsid w:val="00B45582"/>
     <w:rsid w:val="00B50DE5"/>
     <w:rsid w:val="00B60F80"/>
     <w:rsid w:val="00B71378"/>
+    <w:rsid w:val="00B72EEC"/>
     <w:rsid w:val="00B737C2"/>
+    <w:rsid w:val="00B824B7"/>
     <w:rsid w:val="00B8368A"/>
     <w:rsid w:val="00B90033"/>
     <w:rsid w:val="00B936A5"/>
+    <w:rsid w:val="00B9445C"/>
     <w:rsid w:val="00BA4F64"/>
     <w:rsid w:val="00BA58B3"/>
     <w:rsid w:val="00BA6746"/>
     <w:rsid w:val="00BB762B"/>
     <w:rsid w:val="00BC19A8"/>
     <w:rsid w:val="00BD58B4"/>
     <w:rsid w:val="00BE745A"/>
     <w:rsid w:val="00BF3D39"/>
     <w:rsid w:val="00C00960"/>
     <w:rsid w:val="00C04683"/>
     <w:rsid w:val="00C05834"/>
     <w:rsid w:val="00C231A2"/>
     <w:rsid w:val="00C247F1"/>
     <w:rsid w:val="00C262DA"/>
+    <w:rsid w:val="00C32804"/>
     <w:rsid w:val="00C41F8E"/>
     <w:rsid w:val="00C52497"/>
     <w:rsid w:val="00C63A64"/>
     <w:rsid w:val="00C75EAC"/>
     <w:rsid w:val="00C97857"/>
     <w:rsid w:val="00CA0B50"/>
     <w:rsid w:val="00CA1DD0"/>
     <w:rsid w:val="00CA2EFA"/>
     <w:rsid w:val="00CA4153"/>
     <w:rsid w:val="00CB1175"/>
     <w:rsid w:val="00CB16C2"/>
     <w:rsid w:val="00CB45AA"/>
     <w:rsid w:val="00CB7D1F"/>
     <w:rsid w:val="00CC0463"/>
     <w:rsid w:val="00CC11EF"/>
     <w:rsid w:val="00CC4F77"/>
     <w:rsid w:val="00CD2B08"/>
     <w:rsid w:val="00CD54A0"/>
     <w:rsid w:val="00CD6080"/>
     <w:rsid w:val="00CD7CB6"/>
     <w:rsid w:val="00CE0D7A"/>
+    <w:rsid w:val="00CF1A87"/>
     <w:rsid w:val="00CF4B32"/>
     <w:rsid w:val="00CF6F89"/>
     <w:rsid w:val="00CF726C"/>
     <w:rsid w:val="00D01ED7"/>
     <w:rsid w:val="00D21184"/>
     <w:rsid w:val="00D25949"/>
     <w:rsid w:val="00D37BF4"/>
     <w:rsid w:val="00D40036"/>
     <w:rsid w:val="00D40973"/>
     <w:rsid w:val="00D4435E"/>
     <w:rsid w:val="00D44C7B"/>
     <w:rsid w:val="00D652C5"/>
     <w:rsid w:val="00D84D43"/>
     <w:rsid w:val="00D93D1F"/>
     <w:rsid w:val="00DB242E"/>
     <w:rsid w:val="00DB2734"/>
     <w:rsid w:val="00DB493A"/>
     <w:rsid w:val="00DC4097"/>
     <w:rsid w:val="00DC57CA"/>
+    <w:rsid w:val="00DD4E8F"/>
     <w:rsid w:val="00DD6241"/>
     <w:rsid w:val="00DD7797"/>
     <w:rsid w:val="00DE0137"/>
     <w:rsid w:val="00DE4CE8"/>
     <w:rsid w:val="00E23743"/>
     <w:rsid w:val="00E25FE0"/>
+    <w:rsid w:val="00E346B5"/>
     <w:rsid w:val="00E474CD"/>
     <w:rsid w:val="00E512B2"/>
     <w:rsid w:val="00E514E4"/>
     <w:rsid w:val="00E51888"/>
     <w:rsid w:val="00E65067"/>
     <w:rsid w:val="00E661A2"/>
     <w:rsid w:val="00E66CD3"/>
+    <w:rsid w:val="00E73EBE"/>
     <w:rsid w:val="00E83C0C"/>
     <w:rsid w:val="00E86062"/>
     <w:rsid w:val="00E86BE5"/>
     <w:rsid w:val="00E920F0"/>
     <w:rsid w:val="00E9649E"/>
+    <w:rsid w:val="00EA0F1E"/>
     <w:rsid w:val="00EB3CF8"/>
     <w:rsid w:val="00EB450B"/>
     <w:rsid w:val="00EC07CA"/>
     <w:rsid w:val="00EC09E4"/>
     <w:rsid w:val="00EC6B8C"/>
     <w:rsid w:val="00EC6FAF"/>
     <w:rsid w:val="00EE3181"/>
     <w:rsid w:val="00EE48D6"/>
     <w:rsid w:val="00EF0393"/>
     <w:rsid w:val="00EF57C5"/>
     <w:rsid w:val="00EF60A7"/>
     <w:rsid w:val="00EF77CC"/>
     <w:rsid w:val="00F01007"/>
     <w:rsid w:val="00F020E9"/>
     <w:rsid w:val="00F02D88"/>
     <w:rsid w:val="00F07C3D"/>
     <w:rsid w:val="00F11164"/>
     <w:rsid w:val="00F118B7"/>
     <w:rsid w:val="00F2133F"/>
     <w:rsid w:val="00F2138E"/>
+    <w:rsid w:val="00F237EF"/>
+    <w:rsid w:val="00F25F8A"/>
     <w:rsid w:val="00F264F1"/>
+    <w:rsid w:val="00F31D76"/>
     <w:rsid w:val="00F31FD2"/>
     <w:rsid w:val="00F33119"/>
+    <w:rsid w:val="00F40816"/>
     <w:rsid w:val="00F57B67"/>
     <w:rsid w:val="00F6042E"/>
     <w:rsid w:val="00F63B76"/>
     <w:rsid w:val="00F66DD4"/>
     <w:rsid w:val="00F71CA3"/>
     <w:rsid w:val="00F74E9B"/>
     <w:rsid w:val="00F74FC4"/>
     <w:rsid w:val="00F7514B"/>
     <w:rsid w:val="00F8356A"/>
     <w:rsid w:val="00F94237"/>
     <w:rsid w:val="00FB3335"/>
     <w:rsid w:val="00FC07C0"/>
     <w:rsid w:val="00FC123B"/>
     <w:rsid w:val="00FC20DA"/>
     <w:rsid w:val="00FC3519"/>
+    <w:rsid w:val="00FD36FC"/>
     <w:rsid w:val="00FD4001"/>
     <w:rsid w:val="00FD450C"/>
     <w:rsid w:val="00FE068C"/>
     <w:rsid w:val="00FE30E8"/>
     <w:rsid w:val="00FF4B94"/>
     <w:rsid w:val="00FF59A4"/>
     <w:rsid w:val="00FF622A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5116E0AD"/>
+  <w14:docId w14:val="7E7ADBA0"/>
   <w15:docId w15:val="{8E45011C-A373-4268-BAFE-9CCB57CF395D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 4" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 5" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 6" w:locked="1" w:uiPriority="0"/>
@@ -10526,55 +12419,60 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00257266"/>
+    <w:rsid w:val="00B9445C"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre1Car"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00257266"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
@@ -10884,55 +12782,140 @@
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00715086"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times LT Std" w:hAnsi="Times LT Std" w:cs="Times LT Std"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Numrodepage">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0088664C"/>
   </w:style>
+  <w:style w:type="character" w:styleId="Mentionnonrsolue">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004F038A"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rvision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E346B5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Marquedecommentaire">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E346B5"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Commentaire">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentaireCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E346B5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentaireCar">
+    <w:name w:val="Commentaire Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Commentaire"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E346B5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Objetducommentaire">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Commentaire"/>
+    <w:next w:val="Commentaire"/>
+    <w:link w:val="ObjetducommentaireCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E346B5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ObjetducommentaireCar">
+    <w:name w:val="Objet du commentaire Car"/>
+    <w:basedOn w:val="CommentaireCar"/>
+    <w:link w:val="Objetducommentaire"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E346B5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="853962260">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="853962269">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -11216,57 +13199,70 @@
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="853962284">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="900091176">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ARS-OC-DSP-PROMOTION-SANTE@ars.sante.fr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ARS-OC-DSP-PROMOTION-SANTE@ars.sante.fr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/ARS_OC" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.occitanie.ars.sante.fr/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/company/agence-r%C3%A9gionale-de-sant%C3%A9-occitanie/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -11514,70 +13510,99 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>6980</Characters>
+  <Pages>6</Pages>
+  <Words>1366</Words>
+  <Characters>7515</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>62</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Texte</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MSS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8232</CharactersWithSpaces>
+  <CharactersWithSpaces>8864</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Texte</dc:title>
   <dc:creator>rlieonkao</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-12-18T08:08:40Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>da5731ed-c185-4ce4-86e5-8bad34c8e051</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>