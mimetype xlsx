--- v0 (2026-02-11)
+++ v1 (2026-03-31)
@@ -4,65 +4,65 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\DUAJIQ\QUALITE\REGULATION-GESTION-DU-RISQUE\Coordination ARS-AM\Contractualisation\CAQES\5-EVALUATION\Volet Produits de santé\2025\EDP 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Màj site CAQES\2-Volet produits de santé\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3D3C7256-C5FA-45E0-A1B5-33C2440C379D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{46B7CF2B-9EAC-4009-8577-16377E8E7B94}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="30936" windowHeight="16776" firstSheet="1" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Liste ES" sheetId="10" state="hidden" r:id="rId1"/>
     <sheet name="Lisez-moi - Identification" sheetId="9" r:id="rId2"/>
-    <sheet name="PA AAPP MPI" sheetId="5" r:id="rId3"/>
+    <sheet name="PA AAPP MPI" sheetId="6" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
   </externalReferences>
   <definedNames>
     <definedName name="CH_ST_LOUIS_AX_LES_THERMES" localSheetId="1">#REF!</definedName>
     <definedName name="CH_ST_LOUIS_AX_LES_THERMES">#REF!</definedName>
     <definedName name="FI" localSheetId="1">#REF!</definedName>
     <definedName name="FI">#REF!</definedName>
     <definedName name="FINESS" localSheetId="1">#REF!</definedName>
     <definedName name="FINESS">#REF!</definedName>
     <definedName name="FINESSS" localSheetId="1">#REF!</definedName>
     <definedName name="FINESSS">#REF!</definedName>
     <definedName name="RAISON_SOCIALE" localSheetId="1">#REF!</definedName>
     <definedName name="RAISON_SOCIALE">#REF!</definedName>
     <definedName name="RAISONSOCIALE" localSheetId="1">#REF!</definedName>
     <definedName name="RAISONSOCIALE">#REF!</definedName>
     <definedName name="RS" localSheetId="1">#REF!</definedName>
     <definedName name="RS">#REF!</definedName>
     <definedName name="tab">[1]Reponses!$E$1:$FY$92</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
@@ -1095,85 +1095,51 @@
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>	</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>Pour saisir sur Excel, enregistrez d’abord le fichier sur votre ordinateur (</a:t>
-[...33 lines deleted...]
-            <a:t>)</a:t>
+            <a:t>Pour saisir sur Excel, enregistrez d’abord le fichier sur votre ordinateur (extension .xlsx)</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr marL="0" marR="0" lvl="0" indent="0" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPts val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="0" lang="fr-FR" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
@@ -2032,51 +1998,51 @@
             <a:t>	</a:t>
           </a:r>
           <a:endParaRPr kumimoji="0" lang="fr-FR" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uLnTx/>
             <a:uFillTx/>
             <a:latin typeface="Calibri"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="+mn-cs"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/DOSA/DOSA%20LR/HOSPITALIER/UNITE%20EFFICIENCE/R&#233;gulation%20et%20gestion%20du%20risque/Produits%20de%20sant&#233;/CBUM/RAPPORTS%20D'ETAPE/Evaluation%20Rapport%20Etape%202016/Grille%20Scoring_2016_CBU_macro.xlsm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///O:\DOSA\DOSA%20LR\HOSPITALIER\UNITE%20EFFICIENCE\R&#233;gulation%20et%20gestion%20du%20risque\Produits%20de%20sant&#233;\CBUM\RAPPORTS%20D'ETAPE\Evaluation%20Rapport%20Etape%202016\Grille%20Scoring_2016_CBU_macro.xlsm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Macro"/>
       <sheetName val="Reponses"/>
       <sheetName val="SCORING"/>
       <sheetName val="listetab"/>
       <sheetName val="Synthèse_score"/>
       <sheetName val="Gr Score"/>
       <sheetName val="Gr Score - indiv"/>
       <sheetName val="Feuil1"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1">
         <row r="1">
           <cell r="E1">
             <v>1</v>
           </cell>
           <cell r="F1">
             <v>101</v>
           </cell>
@@ -43925,1184 +43891,1183 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C64"/>
   <sheetViews>
-    <sheetView topLeftCell="A22" workbookViewId="0">
-      <selection activeCell="A52" sqref="A52"/>
+    <sheetView topLeftCell="A8" workbookViewId="0">
+      <selection activeCell="A30" sqref="A30:XFD30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="49.453125" customWidth="1"/>
+    <col min="1" max="1" width="49.44140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A1" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C1" t="s">
         <v>139</v>
       </c>
     </row>
-    <row r="2" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A2" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C2" t="str">
         <f xml:space="preserve"> B2&amp;" - "&amp;A2</f>
         <v>090781816 - Centre Hospitalier d'Ariège Couserans</v>
       </c>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A3" s="8" t="s">
         <v>123</v>
       </c>
       <c r="B3" s="9" t="s">
         <v>124</v>
       </c>
       <c r="C3" t="str">
         <f t="shared" ref="C3" si="0" xml:space="preserve"> B3&amp;" - "&amp;A3</f>
         <v>090781774 - Centre Hospitalier des Vallées d'Ariège</v>
       </c>
     </row>
-    <row r="4" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A4" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B4" s="10" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="str">
         <f t="shared" ref="C4:C64" si="1" xml:space="preserve"> B4&amp;" - "&amp;A4</f>
         <v>110780483 - POLYCLINIQUE MONTREAL</v>
       </c>
     </row>
-    <row r="5" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A5" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="11" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="str">
         <f t="shared" si="1"/>
         <v>110780228 - POLYCLINIQUE LE LANGUEDOC</v>
       </c>
     </row>
-    <row r="6" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A6" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C6" t="str">
         <f t="shared" si="1"/>
         <v>110780137 - Centre Hospitalier NARBONNE</v>
       </c>
     </row>
-    <row r="7" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A7" s="8" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="11" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="str">
         <f t="shared" si="1"/>
         <v>110780061 - Centre Hospitalier CARCASSONNE</v>
       </c>
     </row>
-    <row r="8" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A8" s="8" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C8" t="str">
         <f t="shared" si="1"/>
         <v>120780069 - Centre Hospitalier de Villefranche de Rouergue</v>
       </c>
     </row>
-    <row r="9" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A9" s="8" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C9" t="str">
         <f t="shared" si="1"/>
         <v>120004528 - Centre Hospitalier de Millau</v>
       </c>
     </row>
-    <row r="10" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A10" s="8" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="str">
         <f t="shared" si="1"/>
         <v>120780044 - Centre Hospitalier de Rodez</v>
       </c>
     </row>
-    <row r="11" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A11" s="8" t="s">
         <v>31</v>
       </c>
       <c r="B11" s="11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="str">
         <f t="shared" si="1"/>
         <v>300780137 - NOUVELLE CLINIQUE BONNEFON</v>
       </c>
     </row>
-    <row r="12" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A12" s="8" t="s">
         <v>33</v>
       </c>
       <c r="B12" s="10" t="s">
         <v>34</v>
       </c>
       <c r="C12" t="str">
         <f t="shared" si="1"/>
         <v>300788502 - POLYCLINIQUE DU GRAND SUD</v>
       </c>
     </row>
-    <row r="13" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A13" s="8" t="s">
         <v>35</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>36</v>
       </c>
       <c r="C13" t="str">
         <f t="shared" si="1"/>
         <v>300780152 - HÔPITAL PRIVÉ LES FRANCISCAINES</v>
       </c>
     </row>
-    <row r="14" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A14" s="8" t="s">
         <v>37</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C14" t="str">
         <f t="shared" si="1"/>
         <v>300780053 - Centre Hospitalier BAGNOLS SUR CEZE</v>
       </c>
     </row>
-    <row r="15" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A15" s="8" t="s">
         <v>39</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C15" t="str">
         <f t="shared" si="1"/>
         <v>300780046 - Centre Hospitalier ALES CEVENNES</v>
       </c>
     </row>
-    <row r="16" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A16" s="8" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C16" t="str">
         <f t="shared" si="1"/>
         <v>300780038 - C.H.U. NIMES</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A17" s="8" t="s">
         <v>43</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C17" t="str">
         <f t="shared" si="1"/>
         <v>300017209 - KENVAL INSTITUT DE CANCEROLOGIE</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A18" s="8" t="s">
         <v>125</v>
       </c>
       <c r="B18" s="10" t="s">
         <v>126</v>
       </c>
       <c r="C18" t="str">
         <f t="shared" si="1"/>
         <v>310780150 - SAS Clinique Médipôle Garonne</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A19" s="16" t="s">
         <v>127</v>
       </c>
       <c r="B19" s="11" t="s">
         <v>128</v>
       </c>
       <c r="C19" t="str">
         <f t="shared" si="1"/>
         <v>310026083 - Clinique Rive Gauche</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A20" s="8" t="s">
         <v>140</v>
       </c>
       <c r="B20" s="13" t="s">
         <v>45</v>
       </c>
       <c r="C20" t="str">
         <f t="shared" si="1"/>
         <v>310781067 -  ASSOC AMIS DE LA MEDECINE SOCIALE</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A21" s="8" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="14" t="s">
         <v>47</v>
       </c>
       <c r="C21" t="str">
         <f t="shared" si="1"/>
         <v>310782347 - Institut Claudius Regaud</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A22" s="8" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="10" t="s">
         <v>49</v>
       </c>
       <c r="C22" t="str">
         <f t="shared" si="1"/>
         <v>310780382 - Clinique Ambroise Paré</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A23" s="8" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="11" t="s">
         <v>51</v>
       </c>
       <c r="C23" t="str">
         <f t="shared" si="1"/>
         <v>310781505 - Clinique d'Occitanie</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A24" s="8" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C24" t="str">
         <f t="shared" si="1"/>
         <v>310780671 - Centre Hospitalier Comminges Pyrénées</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A25" s="15" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="11" t="s">
         <v>55</v>
       </c>
       <c r="C25" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve">310026927 - CAPIO La Croix du Sud </v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A26" s="16" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="10" t="s">
         <v>57</v>
       </c>
       <c r="C26" t="str">
         <f t="shared" si="1"/>
         <v>310780283 - Clinique de l'Union</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A27" s="16" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="11" t="s">
         <v>59</v>
       </c>
       <c r="C27" t="str">
         <f t="shared" si="1"/>
         <v>310780259 - Clinique Pasteur</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A28" s="8" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="10" t="s">
         <v>61</v>
       </c>
       <c r="C28" t="str">
         <f t="shared" si="1"/>
         <v>310781000 - Clinique des Cèdres</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A29" s="8" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>63</v>
       </c>
       <c r="C29" t="str">
         <f t="shared" si="1"/>
         <v>310781406 - Centre Hospitalier Universitaire de Toulouse</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A30" s="8" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C30" t="str">
         <f t="shared" si="1"/>
         <v>320780117 - CH AUCH</v>
       </c>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A31" s="8" t="s">
         <v>129</v>
       </c>
       <c r="B31" s="10" t="s">
         <v>130</v>
       </c>
       <c r="C31" t="str">
         <f t="shared" si="1"/>
         <v>340780741 - POLYCLINIQUE SAINTE THERESE</v>
       </c>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A32" s="8" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>67</v>
       </c>
       <c r="C32" t="str">
         <f t="shared" si="1"/>
         <v>340009885 - POLYCLINIQUE CHAMPEAU</v>
       </c>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A33" s="8" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="10" t="s">
         <v>69</v>
       </c>
       <c r="C33" t="str">
         <f t="shared" si="1"/>
         <v>340022979 - POLYCLINIQUE SAINT ROCH</v>
       </c>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A34" s="8" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="11" t="s">
         <v>71</v>
       </c>
       <c r="C34" t="str">
         <f t="shared" si="1"/>
         <v>340780717 - CLINIQUE SAINT LOUIS</v>
       </c>
     </row>
-    <row r="35" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A35" s="8" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="10" t="s">
         <v>73</v>
       </c>
       <c r="C35" t="str">
         <f t="shared" si="1"/>
         <v>340780675 - CLINIQUE CLEMENTVILLE</v>
       </c>
     </row>
-    <row r="36" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A36" s="8" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>75</v>
       </c>
       <c r="C36" t="str">
         <f t="shared" si="1"/>
         <v>340024314 - CLINIQUE  SAINT JEAN</v>
       </c>
     </row>
-    <row r="37" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A37" s="8" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="10" t="s">
         <v>77</v>
       </c>
       <c r="C37" t="str">
         <f t="shared" si="1"/>
         <v>340780642 - CLINIQUE BEAU SOLEIL</v>
       </c>
     </row>
-    <row r="38" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A38" s="8" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="14" t="s">
         <v>79</v>
       </c>
       <c r="C38" t="str">
         <f t="shared" si="1"/>
         <v>340000207 - Institut Régional du Cancer (ICM)</v>
       </c>
     </row>
-    <row r="39" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A39" s="8" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="10" t="s">
         <v>81</v>
       </c>
       <c r="C39" t="str">
         <f t="shared" si="1"/>
         <v>340015965 - POLYCLINIQUE SAINT PRIVAT</v>
       </c>
     </row>
-    <row r="40" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A40" s="8" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>83</v>
       </c>
       <c r="C40" t="str">
         <f t="shared" si="1"/>
         <v>340780667 - CLINIQUE DU PARC</v>
       </c>
     </row>
-    <row r="41" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A41" s="8" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>85</v>
       </c>
       <c r="C41" t="str">
         <f t="shared" si="1"/>
         <v>340011295 - HOPITAUX DU BASSIN DE THAU</v>
       </c>
     </row>
-    <row r="42" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A42" s="8" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="11" t="s">
         <v>87</v>
       </c>
       <c r="C42" t="str">
         <f t="shared" si="1"/>
         <v>340015502 - CLINIQUE LE MILLENAIRE</v>
       </c>
     </row>
-    <row r="43" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A43" s="8" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>89</v>
       </c>
       <c r="C43" t="str">
         <f t="shared" si="1"/>
         <v>340780055 - Centre Hospitalier BEZIERS</v>
       </c>
     </row>
-    <row r="44" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A44" s="8" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C44" t="str">
         <f t="shared" si="1"/>
         <v>340780477 - C.H.U. MONTPELLIER</v>
       </c>
     </row>
-    <row r="45" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A45" s="8" t="s">
         <v>131</v>
       </c>
       <c r="B45" s="10" t="s">
         <v>132</v>
       </c>
       <c r="C45" t="str">
         <f t="shared" si="1"/>
         <v>340780725 - CLINIQUE VIA DOMITIA</v>
       </c>
     </row>
-    <row r="46" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A46" s="8" t="s">
         <v>133</v>
       </c>
       <c r="B46" s="11" t="s">
         <v>134</v>
       </c>
       <c r="C46" t="str">
         <f t="shared" si="1"/>
         <v>340780139 - CLINIQUE DU Dr CAUSSE</v>
       </c>
     </row>
-    <row r="47" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A47" s="8" t="s">
         <v>92</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>93</v>
       </c>
       <c r="C47" t="str">
         <f t="shared" si="1"/>
         <v>460780216 - CH DE CAHORS</v>
       </c>
     </row>
-    <row r="48" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A48" s="8" t="s">
         <v>94</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>95</v>
       </c>
       <c r="C48" t="str">
         <f t="shared" si="1"/>
         <v>480780097 - Hôpital Lozère</v>
       </c>
     </row>
-    <row r="49" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A49" s="8" t="s">
         <v>135</v>
       </c>
       <c r="B49" s="12" t="s">
         <v>136</v>
       </c>
       <c r="C49" t="str">
         <f t="shared" si="1"/>
         <v>650002579 - CLINIQUE ORMEAU PYRENEES</v>
       </c>
     </row>
-    <row r="50" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A50" s="8" t="s">
         <v>96</v>
       </c>
       <c r="B50" s="11" t="s">
         <v>97</v>
       </c>
       <c r="C50" t="str">
         <f t="shared" si="1"/>
         <v>650780679 - CLINIQUE ORMEAU SITE CENTRE</v>
       </c>
     </row>
-    <row r="51" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A51" s="8" t="s">
         <v>98</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>99</v>
       </c>
       <c r="C51" t="str">
         <f t="shared" si="1"/>
         <v>650780174 - Centre Hospitalier de Lannemezan</v>
       </c>
     </row>
-    <row r="52" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A52" s="8" t="s">
         <v>141</v>
       </c>
       <c r="B52" s="12" t="s">
         <v>100</v>
       </c>
       <c r="C52" t="str">
         <f t="shared" si="1"/>
         <v>650783160 - Centre Hospitalier Tarbes-Lourdes</v>
       </c>
     </row>
-    <row r="53" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A53" s="8" t="s">
         <v>101</v>
       </c>
       <c r="B53" s="11" t="s">
         <v>102</v>
       </c>
       <c r="C53" t="str">
         <f t="shared" si="1"/>
         <v>660006305 - CLINIQUE MUTUALISTE CATALANE</v>
       </c>
     </row>
-    <row r="54" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A54" s="8" t="s">
         <v>103</v>
       </c>
       <c r="B54" s="10" t="s">
         <v>104</v>
       </c>
       <c r="C54" t="str">
         <f t="shared" si="1"/>
         <v>660780784 - CLINIQUE SAINT PIERRE</v>
       </c>
     </row>
-    <row r="55" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A55" s="8" t="s">
         <v>105</v>
       </c>
       <c r="B55" s="9" t="s">
         <v>106</v>
       </c>
       <c r="C55" t="str">
         <f t="shared" si="1"/>
         <v>660790387 - POLYCLINIQUE SAINT ROCH CABESTANY</v>
       </c>
     </row>
-    <row r="56" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A56" s="8" t="s">
         <v>107</v>
       </c>
       <c r="B56" s="12" t="s">
         <v>108</v>
       </c>
       <c r="C56" t="str">
         <f t="shared" si="1"/>
         <v>660780180 - Centre Hospitalier PERPIGNAN</v>
       </c>
     </row>
-    <row r="57" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A57" s="8" t="s">
         <v>109</v>
       </c>
       <c r="B57" s="11" t="s">
         <v>110</v>
       </c>
       <c r="C57" t="str">
         <f t="shared" si="1"/>
         <v>810101444 - Polyclinique du Sidobre</v>
       </c>
     </row>
-    <row r="58" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A58" s="8" t="s">
         <v>137</v>
       </c>
       <c r="B58" s="10" t="s">
         <v>138</v>
       </c>
       <c r="C58" t="str">
         <f t="shared" si="1"/>
         <v>810101170 - Clinique Toulouse Lautrec</v>
       </c>
     </row>
-    <row r="59" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A59" s="8" t="s">
         <v>111</v>
       </c>
       <c r="B59" s="11" t="s">
         <v>112</v>
       </c>
       <c r="C59" t="str">
         <f t="shared" si="1"/>
         <v>810000224 - Clinique Claude Bernard</v>
       </c>
     </row>
-    <row r="60" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A60" s="8" t="s">
         <v>113</v>
       </c>
       <c r="B60" s="12" t="s">
         <v>114</v>
       </c>
       <c r="C60" t="str">
         <f t="shared" si="1"/>
         <v>810000331 - Centre Hospitalier d'Albi</v>
       </c>
     </row>
-    <row r="61" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A61" s="8" t="s">
         <v>115</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>116</v>
       </c>
       <c r="C61" t="str">
         <f t="shared" si="1"/>
         <v>810000380 - Centre Hospitalier Intercommunal de Castres-Mazamet</v>
       </c>
     </row>
-    <row r="62" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A62" s="8" t="s">
         <v>117</v>
       </c>
       <c r="B62" s="10" t="s">
         <v>118</v>
       </c>
       <c r="C62" t="str">
         <f t="shared" si="1"/>
         <v>820000040 - Clinique Croix Saint-Michel</v>
       </c>
     </row>
-    <row r="63" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A63" s="8" t="s">
         <v>119</v>
       </c>
       <c r="B63" s="11" t="s">
         <v>120</v>
       </c>
       <c r="C63" t="str">
         <f t="shared" si="1"/>
         <v>820000057 - Clinique du Pont de Chaume</v>
       </c>
     </row>
-    <row r="64" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A64" s="8" t="s">
         <v>121</v>
       </c>
       <c r="B64" s="12" t="s">
         <v>122</v>
       </c>
       <c r="C64" t="str">
         <f t="shared" si="1"/>
         <v>820000016 - Centre Hospitalier de Montauban</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="B38">
     <cfRule type="duplicateValues" dxfId="1" priority="1"/>
     <cfRule type="duplicateValues" dxfId="0" priority="2"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:N196"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozenSplit"/>
       <selection activeCell="E29" sqref="E29:E32"/>
       <selection pane="bottomLeft" activeCell="K14" sqref="K14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="5" max="5" width="20.453125" customWidth="1"/>
+    <col min="5" max="5" width="20.44140625" customWidth="1"/>
     <col min="8" max="8" width="13" customWidth="1"/>
-    <col min="9" max="9" width="12.453125" customWidth="1"/>
-    <col min="10" max="10" width="13.7265625" customWidth="1"/>
+    <col min="9" max="9" width="12.44140625" customWidth="1"/>
+    <col min="10" max="10" width="13.77734375" customWidth="1"/>
     <col min="11" max="11" width="66" customWidth="1"/>
-    <col min="12" max="12" width="7.7265625" customWidth="1"/>
-    <col min="13" max="13" width="13.453125" customWidth="1"/>
+    <col min="12" max="12" width="7.77734375" customWidth="1"/>
+    <col min="13" max="13" width="13.44140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A1" s="19" t="s">
         <v>142</v>
       </c>
       <c r="B1" s="20"/>
       <c r="C1" s="20"/>
       <c r="D1" s="20"/>
       <c r="E1" s="20"/>
       <c r="F1" s="20"/>
       <c r="G1" s="20"/>
       <c r="H1" s="20"/>
       <c r="I1" s="20"/>
       <c r="J1" s="20"/>
       <c r="K1" s="20"/>
       <c r="L1" s="20"/>
       <c r="M1" s="20"/>
       <c r="N1" s="20"/>
     </row>
-    <row r="2" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A2" s="20"/>
       <c r="B2" s="20"/>
       <c r="C2" s="20"/>
       <c r="D2" s="20"/>
       <c r="E2" s="20"/>
       <c r="F2" s="20"/>
       <c r="G2" s="20"/>
       <c r="H2" s="20"/>
       <c r="I2" s="20"/>
       <c r="J2" s="20"/>
       <c r="K2" s="20"/>
       <c r="L2" s="20"/>
       <c r="M2" s="20"/>
       <c r="N2" s="20"/>
     </row>
-    <row r="3" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A3" s="20"/>
       <c r="B3" s="20"/>
       <c r="C3" s="20"/>
       <c r="D3" s="20"/>
       <c r="E3" s="20"/>
       <c r="F3" s="20"/>
       <c r="G3" s="20"/>
       <c r="H3" s="20"/>
       <c r="I3" s="20"/>
       <c r="J3" s="20"/>
       <c r="K3" s="20"/>
       <c r="L3" s="20"/>
       <c r="M3" s="20"/>
       <c r="N3" s="20"/>
     </row>
-    <row r="14" spans="1:14" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:14" ht="48" customHeight="1" x14ac:dyDescent="0.3">
       <c r="K14" s="18"/>
     </row>
-    <row r="15" spans="1:14" ht="32.25" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="20" spans="4:4" ht="33.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:14" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="20" spans="4:4" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D20" s="5"/>
     </row>
-    <row r="23" spans="4:4" ht="34.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="4:4" ht="34.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D23" s="5"/>
     </row>
-    <row r="24" spans="4:4" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="4:4" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D24" s="5"/>
     </row>
-    <row r="194" spans="1:1" x14ac:dyDescent="0.35">
+    <row r="194" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A194" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="195" spans="1:1" x14ac:dyDescent="0.35">
+    <row r="195" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A195" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="196" spans="1:1" x14ac:dyDescent="0.35">
+    <row r="196" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A196" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0"/>
   <mergeCells count="1">
     <mergeCell ref="A1:N3"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E23" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"A sélectionner,Exemple 1,Exemple 2"</formula1>
     </dataValidation>
     <dataValidation type="custom" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Merci d'entrer un nombre entier inférieur ou égal au dénominateur" sqref="E20" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>OR(E20="A saisir",E20&lt;=E21)</formula1>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Merci d'indiquer un nombre entier." sqref="J14" xr:uid="{00000000-0002-0000-0100-000002000000}">
       <formula1>0</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.21" right="0.19" top="0.31" bottom="0.21" header="0.31496062992125984" footer="0.17"/>
   <pageSetup paperSize="9" scale="56" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000003000000}">
           <x14:formula1>
             <xm:f>'Liste ES'!$C$2:$C$64</xm:f>
           </x14:formula1>
           <xm:sqref>K14</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:J13"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="C1" sqref="C1:C2"/>
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="D22" sqref="D22:D23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="14.54296875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="7" width="14.1796875" customWidth="1"/>
+    <col min="1" max="1" width="14.5546875" customWidth="1"/>
+    <col min="2" max="2" width="34.44140625" customWidth="1"/>
+    <col min="3" max="3" width="20.77734375" customWidth="1"/>
+    <col min="4" max="7" width="14.21875" customWidth="1"/>
     <col min="8" max="8" width="22" customWidth="1"/>
-    <col min="9" max="9" width="17.453125" customWidth="1"/>
-    <col min="10" max="10" width="14.1796875" customWidth="1"/>
+    <col min="9" max="9" width="17.44140625" customWidth="1"/>
+    <col min="10" max="10" width="14.21875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="3" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:10" s="3" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="23" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="25" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="21" t="s">
         <v>8</v>
       </c>
       <c r="D1" s="27" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="28"/>
       <c r="F1" s="29" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="29"/>
       <c r="H1" s="21" t="s">
         <v>9</v>
       </c>
       <c r="I1" s="21" t="s">
         <v>6</v>
       </c>
       <c r="J1" s="21" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="2" spans="1:10" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:10" s="3" customFormat="1" ht="18" x14ac:dyDescent="0.3">
       <c r="A2" s="24"/>
       <c r="B2" s="26"/>
       <c r="C2" s="22"/>
       <c r="D2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H2" s="22"/>
       <c r="I2" s="22"/>
       <c r="J2" s="22"/>
     </row>
-    <row r="3" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="4"/>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
     </row>
-    <row r="4" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
     </row>
-    <row r="5" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="4"/>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
     </row>
-    <row r="6" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
     </row>
-    <row r="7" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="4"/>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
     </row>
-    <row r="8" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="4"/>
       <c r="B8" s="4"/>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
       <c r="J8" s="4"/>
     </row>
-    <row r="9" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
     </row>
-    <row r="10" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="4"/>
       <c r="B10" s="4"/>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
     </row>
-    <row r="11" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="4"/>
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
     </row>
-    <row r="12" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="4"/>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
     </row>
-    <row r="13" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="4"/>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Lsp2raDSbqXuD3OgZfBt/3giy8adgs/n1l8vJI2D3bZLZmUNsGulZQSFrTY3Ylah6A/rulhZkxlOP8vfYvNdDw==" saltValue="0+KHy8DfAJsu68b1LOkntQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="8">
     <mergeCell ref="H1:H2"/>
     <mergeCell ref="I1:I2"/>
     <mergeCell ref="J1:J2"/>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <dataValidations count="1">
-    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="ERREUR SAISIE" error="Choisissez un état d'avancement dans la liste déroulante" promptTitle="Aide" prompt="Consultez le guide CAQES" sqref="J1:J2" xr:uid="{00000000-0002-0000-0300-000000000000}"/>
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="ERREUR SAISIE" error="Choisissez un état d'avancement dans la liste déroulante" promptTitle="Aide" prompt="Consultez le guide CAQES" sqref="J1:J2" xr:uid="{00000000-0002-0000-0500-000000000000}"/>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Liste ES</vt:lpstr>
       <vt:lpstr>Lisez-moi - Identification</vt:lpstr>
@@ -45110,47 +45075,47 @@
     </vt:vector>
   </TitlesOfParts>
   <Company>ARS OCCITANIE</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>STEPHAN, Bénédicte</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
-    <vt:lpwstr>2026-01-29T10:05:36Z</vt:lpwstr>
+    <vt:lpwstr>2026-01-29T10:08:16Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
     <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
     <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
-    <vt:lpwstr>a813d0f0-3d21-46ab-97a5-ec4ee5c78d8a</vt:lpwstr>
+    <vt:lpwstr>473ca2af-c2d0-4395-844d-19887b325fda</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>