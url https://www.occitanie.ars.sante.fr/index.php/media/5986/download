--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -1,2776 +1,4033 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="185EA98B" w14:textId="77777777" w:rsidR="00B32384" w:rsidRDefault="00436C15">
+    <w:p w14:paraId="185EA98B" w14:textId="68FE3C5C" w:rsidR="00B32384" w:rsidRDefault="005E66CD">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E7F9936" wp14:editId="402575AC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E7F9936" wp14:editId="45FFCE3D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-207011</wp:posOffset>
+                  <wp:posOffset>280824</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>178435</wp:posOffset>
+                  <wp:posOffset>332980</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6448425" cy="585788"/>
-                <wp:effectExtent l="0" t="0" r="28575" b="24130"/>
+                <wp:extent cx="4332502" cy="255373"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Zone de texte 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6448425" cy="585788"/>
+                          <a:ext cx="4332502" cy="255373"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
+                        <a:noFill/>
                         <a:ln>
-                          <a:solidFill>
-[...1 lines deleted...]
-                          </a:solidFill>
+                          <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent2"/>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="lt1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent2"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="5526908C" w14:textId="5F21B034" w:rsidR="000C062C" w:rsidRDefault="00671313" w:rsidP="007F154A">
-[...108 lines deleted...]
-                          <w:p w14:paraId="438423A6" w14:textId="77777777" w:rsidR="007F154A" w:rsidRPr="00786A21" w:rsidRDefault="007F154A" w:rsidP="007F154A">
+                          <w:p w14:paraId="438423A6" w14:textId="651E704F" w:rsidR="007F154A" w:rsidRPr="008E53FB" w:rsidRDefault="007F154A" w:rsidP="005E66CD">
                             <w:pPr>
                               <w:spacing w:before="0"/>
-                              <w:jc w:val="center"/>
+                              <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:b/>
+                                <w:color w:val="EE8115"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00786A21">
+                            <w:r w:rsidRPr="008E53FB">
                               <w:rPr>
                                 <w:b/>
+                                <w:color w:val="EE8115"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>Hors incendie</w:t>
                             </w:r>
+                            <w:r w:rsidR="00482124">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="EE8115"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>,</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00AB2DC1" w:rsidRPr="00AB2DC1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="EE8115"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> hors suicide et tentative de suicid</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00AB2DC1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="EE8115"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>e</w:t>
+                            </w:r>
                           </w:p>
-                          <w:p w14:paraId="3F587A83" w14:textId="77777777" w:rsidR="007F154A" w:rsidRPr="007F154A" w:rsidRDefault="007F154A" w:rsidP="007F154A"/>
-                          <w:p w14:paraId="4060B9F3" w14:textId="77777777" w:rsidR="007F154A" w:rsidRPr="007F154A" w:rsidRDefault="007F154A" w:rsidP="007F154A"/>
+                          <w:p w14:paraId="3F587A83" w14:textId="77777777" w:rsidR="007F154A" w:rsidRPr="008E53FB" w:rsidRDefault="007F154A" w:rsidP="005E66CD">
+                            <w:pPr>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:color w:val="EE8115"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="4060B9F3" w14:textId="77777777" w:rsidR="007F154A" w:rsidRPr="007F154A" w:rsidRDefault="007F154A" w:rsidP="005E66CD">
+                            <w:pPr>
+                              <w:jc w:val="right"/>
+                            </w:pPr>
+                          </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="3E7F9936" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Zone de texte 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-16.3pt;margin-top:14.05pt;width:507.75pt;height:46.15pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgkWFKjwIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGjEQvlfqf7B8bxYIJBRliWgiqkpR&#10;EjWpIvVmvDZYtT2ubdilv75j77KhKaeqF7/mm288z6vrxmiyEz4osCUdng0oEZZDpey6pN+elx+m&#10;lITIbMU0WFHSvQj0ev7+3VXtZmIEG9CV8ARJbJjVrqSbGN2sKALfCMPCGThhUSjBGxbx6tdF5VmN&#10;7EYXo8HgoqjBV84DFyHg620rpPPML6Xg8UHKICLRJcW/xbz6vK7SWsyv2Gztmdso3n2D/cMvDFMW&#10;jfZUtywysvXqLyqjuIcAMp5xMAVIqbjIPqA3w8Ebb542zInsCwYnuD5M4f/R8vvdoyeqKuk5JZYZ&#10;TNF3TBSpBImiiYKcpxDVLswQ+eQQG5tP0GCqD+8BH5PnjfQm7egTQTkGe98HGJkIx8eL8Xg6Hk0o&#10;4SibTCeX02miKV61nQ/xswBD0qGkHhOY48p2dyG20AMkGdM2rQG0qpZK63zx69WN9mTHMOXLJdbI&#10;RWfjCIYWk2qRHGsdyKe416Kl/SokRgW/PMrmcz2KnpZxLmwcdbzaIjqpSfxCrzg8pahjjhua77BJ&#10;TeQ67RUHpxT/tNhrZKtgY69slAV/iqD60Vtu8QfvW5+T+7FZNV2yV1DtMdce2oYJji8VJuSOhfjI&#10;PHYIphe7Pj7gIjXUJYXuRMkG/K9T7wmPhYtSSmrsuJKGn1vmBSX6i8WS/jgcj1OL5st4cjnCiz+W&#10;rI4ldmtuADM8xPnieD4mfNSHo/RgXnA4LJJVFDHL0XZJ4+F4E9s5gMOFi8Uig7ApHYt39snxRJ3C&#10;m8rtuXlh3nU1mfriHg69yWZvSrPFJk0Li20EqXLdpgC3Ue0Cjw2dK78bPmliHN8z6nVEzn8DAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDPck4z4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3&#10;SPyDNUjsWqcGqjTEqRAqEqBWKoUNOzeexhGxHWLn0b9nWMFydI/uPZOvJ9uwAbtQeydhMU+AoSu9&#10;rl0l4eP9aZYCC1E5rRrvUMIZA6yLy4tcZdqP7g2HQ6wYlbiQKQkmxjbjPJQGrQpz36Kj7OQ7qyKd&#10;XcV1p0Yqtw0XSbLkVtWOFoxq8dFg+XXorYTNuDu3m+3nzuxf716+9/2JV8+DlNdX08M9sIhT/IPh&#10;V5/UoSCno++dDqyRMLsRS0IliHQBjIBVKlbAjkSK5BZ4kfP/LxQ/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAOCRYUqPAgAAagUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAM9yTjPiAAAACgEAAA8AAAAAAAAAAAAAAAAA6QQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAD4BQAAAAA=&#10;" fillcolor="white [3201]" strokecolor="#f06" strokeweight="2pt">
-                <v:textbox>
+              <v:shape id="Zone de texte 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:22.1pt;margin-top:26.2pt;width:341.15pt;height:20.1pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAO7U7kXQIAABIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvEzEQviPxHyzf6SYbCijKpgqtgpCq&#10;tiJFPTteu1nh9Rh7kt3w6xl7H6ElJ8TFOzvv+fyNF1dtbdhB+VCBLfj0YsKZshLKyj4X/Pvj+t0n&#10;zgIKWwoDVhX8qAK/Wr59s2jcXOWwA1MqzyiJDfPGFXyH6OZZFuRO1SJcgFOWjBp8LZB+/XNWetFQ&#10;9tpk+WTyIWvAl86DVCGQ9qYz8mXKr7WSeK91UMhMwak3TKdP5zae2XIh5s9euF0l+zbEP3RRi8pS&#10;0THVjUDB9r76K1VdSQ8BNF5IqDPQupIqzUDTTCevptnshFNpFgInuBGm8P/SyrvDxj14hu1naOkC&#10;IyCNC/NAyjhPq30dv9QpIztBeBxhUy0yScr3s1l+Ock5k2TLLy9nH2cxTXaKdj7gFwU1i0LBPV1L&#10;QkscbgN2roNLLGZhXRmTrsbYFwrKGTXZqcUk4dGo6GfsN6VZVVJTeSqQeKSujWcHQQwQUiqLed9d&#10;8o5hmqqNgdNzgQYTMlS+941hKvFrDJycC3xZcYxIVcHiGFxXFvy5BOWPsXLnP0zfzRzHx3bb9te2&#10;hfJIt+mhI3pwcl0R5Lci4IPwxGy6QNpWvKdDG2gKDr3E2Q78r3P66E+EIytnDW1KwcPPvfCKM/PV&#10;EhXjWg2CH4TtINh9fQ0E/ZTeASeTSAEezSBqD/UTLfEqViGTsJJqFRwH8Rq7faVHQKrVKjnR8jiB&#10;t3bjZEwd4YwEemyfhHc9y5D4eQfDDon5K7J1vjHSwmqPoKvExAhoh2IPNC1e4nL/SMTN/vM/eZ2e&#10;suVvAAAA//8DAFBLAwQUAAYACAAAACEAEJAQ+d8AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;MU/DMBSEdyT+g/WQ2KiDlaY05KWCSiAYGAgMZXtJHnFEbIfYbdN/j5lgPN3p7rtiM5tBHHjyvbMI&#10;14sEBNvGtb3tEN7fHq5uQPhAtqXBWUY4sYdNeX5WUN66o33lQxU6EUuszwlBhzDmUvpGsyG/cCPb&#10;6H26yVCIcupkO9ExlptBqiTJpKHexgVNI281N1/V3iA8V5SeVnS/e6pmXcsXrb63H4+Ilxfz3S2I&#10;wHP4C8MvfkSHMjLVbm9bLwaENFUxibBUKYjor1S2BFEjrFUGsizk/wPlDwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAO7U7kXQIAABIFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAQkBD53wAAAAgBAAAPAAAAAAAAAAAAAAAAALcEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAwwUAAAAA&#10;" filled="f" stroked="f" strokeweight="2pt">
+                <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="5526908C" w14:textId="5F21B034" w:rsidR="000C062C" w:rsidRDefault="00671313" w:rsidP="007F154A">
-[...108 lines deleted...]
-                    <w:p w14:paraId="438423A6" w14:textId="77777777" w:rsidR="007F154A" w:rsidRPr="00786A21" w:rsidRDefault="007F154A" w:rsidP="007F154A">
+                    <w:p w14:paraId="438423A6" w14:textId="651E704F" w:rsidR="007F154A" w:rsidRPr="008E53FB" w:rsidRDefault="007F154A" w:rsidP="005E66CD">
                       <w:pPr>
                         <w:spacing w:before="0"/>
-                        <w:jc w:val="center"/>
+                        <w:jc w:val="right"/>
                         <w:rPr>
                           <w:b/>
+                          <w:color w:val="EE8115"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00786A21">
+                      <w:r w:rsidRPr="008E53FB">
                         <w:rPr>
                           <w:b/>
+                          <w:color w:val="EE8115"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Hors incendie</w:t>
                       </w:r>
+                      <w:r w:rsidR="00482124">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="EE8115"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>,</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00AB2DC1" w:rsidRPr="00AB2DC1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="EE8115"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> hors suicide et tentative de suicid</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00AB2DC1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="EE8115"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>e</w:t>
+                      </w:r>
                     </w:p>
-                    <w:p w14:paraId="3F587A83" w14:textId="77777777" w:rsidR="007F154A" w:rsidRPr="007F154A" w:rsidRDefault="007F154A" w:rsidP="007F154A"/>
-                    <w:p w14:paraId="4060B9F3" w14:textId="77777777" w:rsidR="007F154A" w:rsidRPr="007F154A" w:rsidRDefault="007F154A" w:rsidP="007F154A"/>
+                    <w:p w14:paraId="3F587A83" w14:textId="77777777" w:rsidR="007F154A" w:rsidRPr="008E53FB" w:rsidRDefault="007F154A" w:rsidP="005E66CD">
+                      <w:pPr>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:color w:val="EE8115"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="4060B9F3" w14:textId="77777777" w:rsidR="007F154A" w:rsidRPr="007F154A" w:rsidRDefault="007F154A" w:rsidP="005E66CD">
+                      <w:pPr>
+                        <w:jc w:val="right"/>
+                      </w:pPr>
+                    </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidR="008E53FB">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="77EE7F82" wp14:editId="5C18794F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>280824</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>11705</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4333103" cy="321275"/>
+                <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1568819161" name="Zone de texte 1568819161"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4333103" cy="321275"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="EE8115"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent2"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent2"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="259FD086" w14:textId="317AC38C" w:rsidR="008E53FB" w:rsidRPr="00617B98" w:rsidRDefault="005E66CD" w:rsidP="008E53FB">
+                            <w:pPr>
+                              <w:pStyle w:val="Titre1"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>Signaler une intoxication au Monoxyde de carbone (CO)</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="77EE7F82" id="Zone de texte 1568819161" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:22.1pt;margin-top:.9pt;width:341.2pt;height:25.3pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB0eRGQewIAAFIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtv2yAUfp+0/4B4Xx076dpFdaqsl2lS&#10;1VZLpz4TDAka5jAgsdNfvwN23LTL07QXGzjf+c79XFy2tSZb4bwCU9L8ZESJMBwqZVYl/fl0++mc&#10;Eh+YqZgGI0q6E55ezj5+uGjsVBSwBl0JR5DE+GljS7oOwU6zzPO1qJk/ASsMCiW4mgW8ulVWOdYg&#10;e62zYjT6nDXgKuuAC+/x9boT0lnil1Lw8CClF4HokqJvIX1d+i7jN5tdsOnKMbtWvHeD/YMXNVMG&#10;jQ5U1ywwsnHqL6pacQceZDjhUGcgpeIixYDR5KN30SzWzIoUCybH2yFN/v/R8vvtwj46Etqv0GIB&#10;Y0Ia66ceH2M8rXR1/KOnBOWYwt2QNtEGwvFxMh6P89GYEo6ycZEXZ6eRJnvVts6HbwJqEg8ldViW&#10;lC22vfOhg+4h0ZgHrapbpXW6uNXySjuyZVjCm5vzPN+zv4FpE8EGolrHGF+y11jSKey0iDhtfghJ&#10;VIXeF8mT1HBisMM4FyYUfRgJHdUkkg+K+TFFHVIKMfYeG9VEasRBcXRM8a3FQSNZBRMG5VoZcMcI&#10;ql+D5Q6/j76LOYYf2mWLQR+UeQnVDqvvoBsMb/mtwhLdMR8emcNJwILjdIcH/EgNTUmhP1GyBvdy&#10;7D3isUFRSkmDk1VS/3vDnKBEfzfYul/yySSOYrpMTs8KvLhDyfJQYjb1FWDlc9wjlqdjxAe9P0oH&#10;9TMugXm0iiJmONouadgfr0I377hEuJjPEwiHz7JwZxaWR+qY5diAT+0zc7bv0oD9fQ/7GWTTd83a&#10;YaOmgfkmgFSpk2Oeu6z2+cfBTbPQL5m4GQ7vCfW6Cmd/AAAA//8DAFBLAwQUAAYACAAAACEArabQ&#10;Yt0AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhDFBIIcSooAqm3Erhw&#10;c+1tEjVep7Hbhr9nOcFxdkYzb6vl7AZxwin0nhTcLhIQSMbbnloFnx+vN/cgQtRk9eAJFXxjgGV9&#10;eVHp0vozveOpia3gEgqlVtDFOJZSBtOh02HhRyT2dn5yOrKcWmknfeZyN8g0SXLpdE+80OkRVx2a&#10;fXN0CvLxq3h5OzwfTPHQuP1mtzarZK3U9dX89Agi4hz/wvCLz+hQM9PWH8kGMSjIspSTfOcH2C7S&#10;PAexVXCXZiDrSv7nr38AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdHkRkHsCAABSBQAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEArabQYt0AAAAH&#10;AQAADwAAAAAAAAAAAAAAAADVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAN8FAAAA&#10;AA==&#10;" fillcolor="#ee8115" stroked="f" strokeweight="2pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="259FD086" w14:textId="317AC38C" w:rsidR="008E53FB" w:rsidRPr="00617B98" w:rsidRDefault="005E66CD" w:rsidP="008E53FB">
+                      <w:pPr>
+                        <w:pStyle w:val="Titre1"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>Signaler une intoxication au Monoxyde de carbone (CO)</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
     <w:p w14:paraId="029AEC00" w14:textId="77777777" w:rsidR="00870C9D" w:rsidRDefault="00870C9D"/>
-    <w:p w14:paraId="0C5C7FD0" w14:textId="77777777" w:rsidR="007F154A" w:rsidRDefault="007F154A" w:rsidP="00723C59">
+    <w:p w14:paraId="53A010CD" w14:textId="77777777" w:rsidR="00B32384" w:rsidRPr="004B7796" w:rsidRDefault="00137571" w:rsidP="00723C59">
       <w:pPr>
         <w:pStyle w:val="Normaltitre1"/>
         <w:spacing w:before="60"/>
-      </w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B7796">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>À</w:t>
+      </w:r>
+      <w:r w:rsidR="00C976B6" w:rsidRPr="004B7796">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TRANSMETTRE </w:t>
+      </w:r>
+      <w:r w:rsidR="00C976B6" w:rsidRPr="004B7796">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>SANS DÉLAI</w:t>
+      </w:r>
+      <w:r w:rsidR="00C976B6" w:rsidRPr="004B7796">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> À L’ARS OCCITANIE</w:t>
+      </w:r>
+      <w:r w:rsidR="00316421" w:rsidRPr="004B7796">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et au CAP TV</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="53A010CD" w14:textId="77777777" w:rsidR="00B32384" w:rsidRPr="00D84B9B" w:rsidRDefault="00137571" w:rsidP="00723C59">
+    <w:p w14:paraId="3EB168D2" w14:textId="7AF2BBC7" w:rsidR="00316421" w:rsidRPr="004B7796" w:rsidRDefault="00C976B6" w:rsidP="00316421">
       <w:pPr>
         <w:pStyle w:val="Normaltitre1"/>
         <w:spacing w:before="60"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...44 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
-        </w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B32384">
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B7796">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>PAR MAIL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7796">
         <w:rPr>
           <w:b/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B32384">
+      <w:r w:rsidRPr="004B7796">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00852B17" w:rsidRPr="0019230D">
+        <w:r w:rsidR="00852B17" w:rsidRPr="004A3333">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:b/>
+            <w:color w:val="199697"/>
           </w:rPr>
           <w:t>ars-oc-alerte@ars.sante.fr</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00316421">
-[...13 lines deleted...]
-      <w:r w:rsidR="00316421" w:rsidRPr="00D84B9B">
+      <w:r w:rsidR="00316421" w:rsidRPr="004B7796">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>et</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00316421">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C97D2C" w:rsidRPr="004B7796">
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00316421" w:rsidRPr="004A3333">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00C97D2C" w:rsidRPr="004A3333">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C97D2C">
+      <w:r w:rsidR="00C97D2C" w:rsidRPr="004B7796">
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00316421" w:rsidRPr="00316421">
+        <w:r w:rsidR="00316421" w:rsidRPr="004A3333">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:b/>
+            <w:color w:val="199697"/>
           </w:rPr>
           <w:t>cap.reg@chu-toulouse.fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6B8B6187" w14:textId="77777777" w:rsidR="003A1642" w:rsidRDefault="00436C15" w:rsidP="00316421">
       <w:pPr>
         <w:pStyle w:val="Normaltitre1"/>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00436C15">
-        <w:rPr>
+      <w:r w:rsidRPr="004B7796">
+        <w:rPr>
+          <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>En cas d’intoxication massive (&gt;5 intoxiqués) ou de décès, doubler par un appel au</w:t>
       </w:r>
-      <w:r w:rsidRPr="00436C15">
+      <w:r w:rsidRPr="004B7796">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00997598">
+      <w:r w:rsidRPr="008E53FB">
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="EE8115"/>
         </w:rPr>
         <w:t>0800 301</w:t>
       </w:r>
-      <w:r w:rsidR="003A1642">
+      <w:r w:rsidR="003A1642" w:rsidRPr="008E53FB">
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="EE8115"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00997598">
+      <w:r w:rsidRPr="008E53FB">
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="EE8115"/>
         </w:rPr>
         <w:t>301</w:t>
       </w:r>
-      <w:r w:rsidR="003A1642">
+      <w:r w:rsidR="003A1642" w:rsidRPr="004B7796">
         <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A83E8FC" w14:textId="77777777" w:rsidR="00137571" w:rsidRPr="00137571" w:rsidRDefault="00887F48" w:rsidP="00E943E6">
+    <w:p w14:paraId="5A83E8FC" w14:textId="3E89CFA5" w:rsidR="00137571" w:rsidRPr="00137571" w:rsidRDefault="002661AB" w:rsidP="009C5E11">
       <w:pPr>
         <w:pStyle w:val="Titre1bis"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
       </w:pPr>
       <w:r>
-        <w:t>Date de la déclaration</w:t>
+        <w:t xml:space="preserve">DATE DE LA DÉCLARATION </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t xml:space="preserve"> ….</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00887F48">
+        <w:t>..</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00887F48">
+        <w:t>/</w:t>
+      </w:r>
       <w:r>
-        <w:t>./…..</w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00887F48">
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00137571" w:rsidRPr="00723C59">
         <w:t>/</w:t>
       </w:r>
       <w:r>
-        <w:t>..</w:t>
-[...2 lines deleted...]
-        <w:t>…..</w:t>
+        <w:t>….</w:t>
       </w:r>
       <w:r w:rsidR="00E943E6">
         <w:t xml:space="preserve"> -  </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Coordonnées du </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00137571" w:rsidRPr="00137571">
+        <w:t xml:space="preserve">COORDONNÉES DU </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137571">
         <w:t>DECLARANT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="118DF712" w14:textId="77777777" w:rsidR="00137571" w:rsidRPr="00580C89" w:rsidRDefault="00316421" w:rsidP="00580C89">
+    <w:p w14:paraId="118DF712" w14:textId="05B15B05" w:rsidR="00137571" w:rsidRPr="009C5E11" w:rsidRDefault="004F5FAB" w:rsidP="00580C89">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00316421" w:rsidRPr="00580C89">
+        <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00316421" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SDIS ………….  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00316421" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CH de ………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00E943E6" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>……….</w:t>
       </w:r>
-      <w:r w:rsidRPr="00580C89">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00316421" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00E943E6" w:rsidRPr="00580C89">
-[...11 lines deleted...]
-        <w:t>……………………….</w:t>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00E943E6" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Autre :</w:t>
+      </w:r>
+      <w:r w:rsidR="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E943E6" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E4C3A1E" w14:textId="68CCB8B7" w:rsidR="00137571" w:rsidRPr="00137571" w:rsidRDefault="009A706C" w:rsidP="00580C89">
+    <w:p w14:paraId="0E4C3A1E" w14:textId="100C3D81" w:rsidR="00137571" w:rsidRPr="009C5E11" w:rsidRDefault="009A706C" w:rsidP="00580C89">
       <w:pPr>
         <w:spacing w:before="120"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Identité du déclarant</w:t>
       </w:r>
-      <w:r w:rsidR="00137571" w:rsidRPr="00137571">
-[...6 lines deleted...]
-      <w:r w:rsidR="00786A21">
+      <w:r w:rsidR="002661AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="002661AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00786A21" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00137571" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……</w:t>
+      </w:r>
+      <w:r w:rsidR="00623E0E" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>…</w:t>
       </w:r>
-      <w:r w:rsidR="00137571">
-[...16 lines deleted...]
-        <w:t>…</w:t>
+      <w:r w:rsidR="00F66190" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…………</w:t>
+      </w:r>
+      <w:r w:rsidR="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D5E5CCE" w14:textId="56F626BE" w:rsidR="00137571" w:rsidRDefault="00137571" w:rsidP="00580C89">
+    <w:p w14:paraId="1D5E5CCE" w14:textId="3DE767D9" w:rsidR="00137571" w:rsidRPr="009C5E11" w:rsidRDefault="00137571" w:rsidP="00580C89">
       <w:pPr>
         <w:spacing w:before="120"/>
-      </w:pPr>
-[...47 lines deleted...]
-      <w:r w:rsidR="001210BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Téléphone : ....</w:t>
+      </w:r>
+      <w:r w:rsidR="002661AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...............</w:t>
+      </w:r>
+      <w:r w:rsidR="001210BD" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00137571">
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
-      <w:r w:rsidR="001210BD">
+      <w:r w:rsidR="001210BD" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> ou tampon</w:t>
       </w:r>
-      <w:r w:rsidRPr="00137571">
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="481AFE63" w14:textId="6AFE059D" w:rsidR="00137571" w:rsidRPr="00137571" w:rsidRDefault="009A706C" w:rsidP="00E943E6">
+    <w:p w14:paraId="481AFE63" w14:textId="59D2CD96" w:rsidR="00137571" w:rsidRPr="00137571" w:rsidRDefault="009C5E11" w:rsidP="009C5E11">
       <w:pPr>
         <w:pStyle w:val="Titre1bis"/>
-      </w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E66CD">
+        <w:t>C</w:t>
+      </w:r>
       <w:r>
-        <w:t>Circonstances de l</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">IRCONSTANCES DE L’INTOXICATION </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E9DF49B" w14:textId="77777777" w:rsidR="00786A21" w:rsidRPr="00786A21" w:rsidRDefault="00786A21" w:rsidP="00786A21">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="left" w:pos="8080"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CBDB394" w14:textId="4C29E512" w:rsidR="00786A21" w:rsidRDefault="007F5C79" w:rsidP="00786A21">
+    <w:p w14:paraId="1CBDB394" w14:textId="61AC7591" w:rsidR="00786A21" w:rsidRPr="009C5E11" w:rsidRDefault="007F5C79" w:rsidP="00786A21">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="left" w:pos="8080"/>
         </w:tabs>
         <w:spacing w:before="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Date de l’intox CO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidR="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F439CE" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00786A21" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F439CE" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-        <w:t xml:space="preserve"> CO</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Heure</w:t>
+      </w:r>
+      <w:r w:rsidR="00F439CE" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : ………     </w:t>
+      </w:r>
+      <w:r w:rsidR="00786A21" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dosage CO atmosphérique ? </w:t>
+      </w:r>
+      <w:r w:rsidR="004F5FAB" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidR="00786A21" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="00F439CE">
+      <w:r w:rsidR="00786A21" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+      <w:r w:rsidR="00786A21" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F5FAB" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F439CE" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Oui :</w:t>
+      </w:r>
+      <w:r w:rsidR="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F439CE" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>…</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...51 lines deleted...]
-      <w:r w:rsidR="00786A21" w:rsidRPr="008C1C2C">
+      <w:r w:rsidR="00786A21" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>…</w:t>
       </w:r>
-      <w:r w:rsidR="00F439CE">
+      <w:r w:rsidR="00F439CE" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>…</w:t>
       </w:r>
-      <w:r w:rsidR="00786A21" w:rsidRPr="008C1C2C">
-[...6 lines deleted...]
-        <w:t>..</w:t>
+      <w:r w:rsidR="002661AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="349F035E" w14:textId="77777777" w:rsidR="00786A21" w:rsidRDefault="00786A21" w:rsidP="00786A21">
+    <w:p w14:paraId="349F035E" w14:textId="77777777" w:rsidR="00786A21" w:rsidRPr="009C5E11" w:rsidRDefault="00786A21" w:rsidP="00786A21">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="left" w:pos="8080"/>
         </w:tabs>
         <w:spacing w:before="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">Type de lieu de l’intoxication :  </w:t>
       </w:r>
-      <w:r w:rsidR="000A6781" w:rsidRPr="008C1C2C">
+      <w:r w:rsidR="000A6781" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Habitat</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="008C1C2C">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Milieu professionnel </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5350F561" w14:textId="77777777" w:rsidR="008C1C2C" w:rsidRPr="008C1C2C" w:rsidRDefault="007B0FD7" w:rsidP="00786A21">
+    <w:p w14:paraId="5350F561" w14:textId="529405AC" w:rsidR="008C1C2C" w:rsidRPr="009C5E11" w:rsidRDefault="007B0FD7" w:rsidP="00786A21">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="left" w:pos="8080"/>
         </w:tabs>
         <w:spacing w:before="0"/>
-      </w:pPr>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Établissement recevant du public</w:t>
+      </w:r>
+      <w:r w:rsidR="00786A21" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00786A21" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00786A21" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
-      <w:r w:rsidRPr="008C1C2C">
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Autre</w:t>
       </w:r>
-      <w:r w:rsidR="00786A21">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+      <w:r w:rsidR="00786A21" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00786A21" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidR="00786A21" w:rsidRPr="008C1C2C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008C1C2C">
+      <w:r w:rsidR="00786A21" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Inconnu</w:t>
       </w:r>
-      <w:r w:rsidR="00786A21">
+      <w:r w:rsidR="00786A21" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00786A21">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+      <w:r w:rsidR="00786A21" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57FFC6D4" w14:textId="77777777" w:rsidR="00580C89" w:rsidRPr="00580C89" w:rsidRDefault="00580C89" w:rsidP="00C97D2C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="left" w:pos="8080"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63E267F9" w14:textId="26CC7A0D" w:rsidR="008C1C2C" w:rsidRPr="008C1C2C" w:rsidRDefault="008C1C2C" w:rsidP="00C97D2C">
+    <w:p w14:paraId="63E267F9" w14:textId="623EF362" w:rsidR="008C1C2C" w:rsidRPr="009C5E11" w:rsidRDefault="008C1C2C" w:rsidP="00C97D2C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="left" w:pos="8080"/>
         </w:tabs>
         <w:spacing w:before="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Adresse</w:t>
       </w:r>
-      <w:r w:rsidR="003A233E">
-        <w:rPr>
+      <w:r w:rsidR="003A233E" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> exacte</w:t>
       </w:r>
-      <w:r w:rsidRPr="00786A21">
-        <w:rPr>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> du lieu d’intoxication</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C1C2C">
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t> :</w:t>
       </w:r>
-      <w:r w:rsidR="00580C89">
-[...12 lines deleted...]
-        <w:t>…</w:t>
+      <w:r w:rsidR="00580C89" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FBB9E35" w14:textId="2E2A3F5D" w:rsidR="00DC722E" w:rsidRDefault="00DC722E" w:rsidP="00C97D2C">
+    <w:p w14:paraId="7FBB9E35" w14:textId="01DC8EA7" w:rsidR="00DC722E" w:rsidRPr="009C5E11" w:rsidRDefault="00DC722E" w:rsidP="00C97D2C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="left" w:pos="8080"/>
         </w:tabs>
         <w:spacing w:before="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Code postal</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C1C2C">
-[...10 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> : …</w:t>
+      </w:r>
+      <w:r w:rsidR="004F5FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
-      <w:r w:rsidR="003A233E">
-[...9 lines deleted...]
-        <w:t>…………………</w:t>
+      <w:r w:rsidR="003A233E" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Commune : …</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-        <w:t>…….</w:t>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="002661AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="002661AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C1C2C">
-[...2 lines deleted...]
-      <w:r w:rsidR="00C97D2C">
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00C97D2C" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>……….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ED021C1" w14:textId="6C8C38E4" w:rsidR="00580C89" w:rsidRDefault="006D2F78" w:rsidP="00580C89">
+    <w:p w14:paraId="4F5A84B9" w14:textId="77777777" w:rsidR="002661AB" w:rsidRDefault="002661AB" w:rsidP="00580C89">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ED021C1" w14:textId="5E4166CD" w:rsidR="00580C89" w:rsidRPr="009C5E11" w:rsidRDefault="006D2F78" w:rsidP="00580C89">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Lieux mis en sécurité</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2F78">
-[...1 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2F78">
-[...8 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidR="002661AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F5FAB" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> NON   </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2F78">
-[...8 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidR="004F5FAB" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ne sait pas   </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2F78">
-[...8 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidR="004F5FAB" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> OUI, par qui : </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D2F78">
-[...8 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidR="004F5FAB" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> G</w:t>
+      </w:r>
+      <w:r w:rsidR="002661AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>RDF</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F5FAB" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pompiers </w:t>
+      </w:r>
+      <w:r w:rsidR="004F5FAB" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Autres</w:t>
+      </w:r>
+      <w:r w:rsidR="00580C89" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidR="002661AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...45 lines deleted...]
-        <w:t> :………</w:t>
+      <w:r w:rsidR="00580C89" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FC51A9C" w14:textId="5846D58C" w:rsidR="00E943E6" w:rsidRPr="00CF1585" w:rsidRDefault="00E943E6" w:rsidP="00580C89">
+    <w:p w14:paraId="3FC51A9C" w14:textId="0ACC742A" w:rsidR="00E943E6" w:rsidRPr="009C5E11" w:rsidRDefault="00E943E6" w:rsidP="00580C89">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">La source d’intoxication est-elle connue : </w:t>
       </w:r>
-      <w:r w:rsidR="00580C89">
-        <w:rPr>
+      <w:r w:rsidR="00580C89" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CF1585">
-[...1 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">oui </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CF1585">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CF1585">
-[...1 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidR="00580C89">
-[...1 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidR="00580C89" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidR="002661AB" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>suspicion</w:t>
+      </w:r>
+      <w:r w:rsidR="009A706C" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CF1585">
-[...1 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      non </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00580C89" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ne sait pas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CF1585">
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+    </w:p>
+    <w:p w14:paraId="741136CE" w14:textId="7F671664" w:rsidR="00580C89" w:rsidRPr="009C5E11" w:rsidRDefault="00E943E6" w:rsidP="00580C89">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Source connue </w:t>
+      </w:r>
+      <w:r w:rsidR="003A233E" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou potentielle </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Chaudière </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...9 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00580C89" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Poêle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CF1585">
-[...7 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CF1585">
-[...8 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidR="00580C89" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Foyer fermé/insert</w:t>
+      </w:r>
+      <w:r w:rsidR="002661AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CF1585">
-[...1 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00580C89" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00580C89" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Chauffe-eau</w:t>
+      </w:r>
+      <w:r w:rsidR="002661AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Radiateur fixe</w:t>
+      </w:r>
+      <w:r w:rsidR="002661AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00580C89" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cuisinière </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00580C89" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Groupe électrogène </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00580C89" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Brasero </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00580C89" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chauffage d’appoint </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="741136CE" w14:textId="307B4D01" w:rsidR="00580C89" w:rsidRDefault="00E943E6" w:rsidP="00580C89">
+    <w:p w14:paraId="54154C8C" w14:textId="43B32C8E" w:rsidR="006D2F78" w:rsidRPr="009C5E11" w:rsidRDefault="005E66CD" w:rsidP="00580C89">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
-[...36 lines deleted...]
-          <w:sz w:val="22"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BC126DE" wp14:editId="385258A7">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5561330</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>121285</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="856289" cy="856289"/>
+                <wp:effectExtent l="0" t="0" r="1270" b="1270"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2126440797" name="Ellipse 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="856289" cy="856289"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="ellipse">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="2F4077"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="71812356" w14:textId="77777777" w:rsidR="00F73F8E" w:rsidRPr="00F73F8E" w:rsidRDefault="00F73F8E" w:rsidP="00F73F8E">
+                            <w:pPr>
+                              <w:spacing w:before="0" w:line="180" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00F73F8E">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>CONTACT</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7AC90551" w14:textId="262E9AE0" w:rsidR="005E66CD" w:rsidRPr="00F73F8E" w:rsidRDefault="00F73F8E" w:rsidP="00F73F8E">
+                            <w:pPr>
+                              <w:spacing w:before="0" w:line="180" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00F73F8E">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>NÉCESSAIRE</w:t>
+                            </w:r>
+                            <w:r w:rsidR="005E66CD" w:rsidRPr="00F73F8E">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:oval w14:anchorId="4BC126DE" id="Ellipse 1" o:spid="_x0000_s1028" style="position:absolute;margin-left:437.9pt;margin-top:9.55pt;width:67.4pt;height:67.4pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBpIW0sgAIAAGMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+0E62NBnSJokWFA&#10;0RZLh54VWYoFyKImKbGzXz9Ksp1tLXYYdpEpkfz48Ede3/StJgfhvAJT0dlZSYkwHGpldhX99rz+&#10;cEWJD8zUTIMRFT0KT2+W799dd3Yh5tCAroUjCGL8orMVbUKwi6LwvBEt82dghUGlBNeygFe3K2rH&#10;OkRvdTEvy4uiA1dbB1x4j693WUmXCV9KwcOjlF4EoiuKuYV0unRu41ksr9li55htFB/SYP+QRcuU&#10;waAT1B0LjOydegXVKu7AgwxnHNoCpFRcpBqwmln5RzWbhlmRasHmeDu1yf8/WP5w2Ngnh23orF94&#10;FGMVvXRt/GJ+pE/NOk7NEn0gHB+vzi/mV58o4agaZEQpTs7W+fBZQEuiUFGhtbI+lsMW7HDvQ7Ye&#10;reKzB63qtdI6Xdxue6sdOTD8dfP1x/LyMv4tDPCbmTbR2EB0y+r4UpyqSVI4ahHttPkqJFE15j9P&#10;mSSiiSkO41yYMMuqhtUih5+dl2XiSoweqRk9Ui4JMCJLjD9hDwCjZQYZsXOWg310FYmnk3P5t8Sy&#10;8+SRIoMJk3OrDLi3ADRWNUTO9mOTcmtil0K/7bE3sTVoGV+2UB+fHHGQ58Zbvlb4M++ZD0/M4aDg&#10;SOHwh0c8pIauojBIlDTgfrz1Hu2Rv6ilpMPBq6j/vmdOUKK/GGR2nNJRcKOwHQWzb28BCTHDtWJ5&#10;EtHBBT2K0kH7gjthFaOgihmOsSrKgxsvtyEvANwqXKxWyQyn0bJwbzaWR/DY18jM5/6FOTswOCD1&#10;H2AcylcszrbR08BqH0CqRPFTH4eO4yQn6gxbJ66KX+/J6rQblz8BAAD//wMAUEsDBBQABgAIAAAA&#10;IQDdJAaI3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ1WDU2IUwES&#10;olcKHLht4iUJxOsodtPA19c9wW1WM5p5W2xn24uJRt851pAsFAji2pmOGw1vr083GxA+IBvsHZOG&#10;H/KwLS8vCsyNO/ILTfvQiFjCPkcNbQhDLqWvW7LoF24gjt6nGy2GeI6NNCMeY7nt5VKpVFrsOC60&#10;ONBjS/X3/mA18PsuWT5nHz1P1W+2+npAbOZU6+ur+f4ORKA5/IXhjB/RoYxMlTuw8aLXsLldR/QQ&#10;jSwBcQ6oRKUgqqjWqwxkWcj/P5QnAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGkhbSyA&#10;AgAAYwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAN0k&#10;BojfAAAACwEAAA8AAAAAAAAAAAAAAAAA2gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AADmBQAAAAA=&#10;" fillcolor="#2f4077" stroked="f" strokeweight="2pt">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="71812356" w14:textId="77777777" w:rsidR="00F73F8E" w:rsidRPr="00F73F8E" w:rsidRDefault="00F73F8E" w:rsidP="00F73F8E">
+                      <w:pPr>
+                        <w:spacing w:before="0" w:line="180" w:lineRule="exact"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00F73F8E">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>CONTACT</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7AC90551" w14:textId="262E9AE0" w:rsidR="005E66CD" w:rsidRPr="00F73F8E" w:rsidRDefault="00F73F8E" w:rsidP="00F73F8E">
+                      <w:pPr>
+                        <w:spacing w:before="0" w:line="180" w:lineRule="exact"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00F73F8E">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>NÉCESSAIRE</w:t>
+                      </w:r>
+                      <w:r w:rsidR="005E66CD" w:rsidRPr="00F73F8E">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:oval>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E92F04B" wp14:editId="64378CF7">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5486400</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>46355</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1005016" cy="1005016"/>
+                <wp:effectExtent l="0" t="0" r="5080" b="5080"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1744846393" name="Ellipse 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1005016" cy="1005016"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="ellipse">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="2F4077">
+                            <a:alpha val="25000"/>
+                          </a:srgbClr>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:oval w14:anchorId="0AB8E839" id="Ellipse 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:6in;margin-top:3.65pt;width:79.15pt;height:79.15pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOjXCjhwIAAIQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X20HabsFdYqgRYYB&#10;RVu0HXpWZCkWIIuapLz260dJtpOtxQ7DLjKfHx8meXW97zTZCucVmJpWZyUlwnBolFnX9PvL8tNn&#10;SnxgpmEajKjpQXh6Pf/44WpnZ2ICLehGOIIgxs92tqZtCHZWFJ63omP+DKwwqJTgOhaQdeuicWyH&#10;6J0uJmV5UezANdYBF96j9DYr6TzhSyl4eJDSi0B0TTG3kF6X3lV8i/kVm60ds63ifRrsH7LomDIY&#10;dIS6ZYGRjVNvoDrFHXiQ4YxDV4CUiotUA1ZTlX9U89wyK1It2Bxvxzb5/wfL77fP9tFhG3bWzzyS&#10;sYq9dF38Yn5kn5p1GJsl9oFwFFZleV5WF5Rw1A0M4hRHd+t8+CqgI5GoqdBaWR8LYjO2vfMhWw9W&#10;UexBq2aptE6MW69utCNbhj9vspyWl5fZV9uW9dLzskw/EaP6bJ4y+A1Hm4hmIOLmkFFSHAtOVDho&#10;Ee20eRKSqAZLnKRwaRbFmAjjXJhQZVXLGpEzqU4zidMbPVIuCTAiS4w/YvcAg2UGGbBzlr19dBVp&#10;lEfn8m+JZefRI0UGE0bnThlw7wForKqPnO2HJuXWxC6toDk8OuIgL5K3fKnw394xHx6Zw83BHcNr&#10;EB7wkRp2NYWeoqQF9/M9ebTHgUYtJTvcxJr6HxvmBCX6m8FR/1JNp3F1EzM9v5wg4041q1ON2XQ3&#10;gPNS4d2xPJHRPuiBlA66VzwaixgVVcxwjF1THtzA3IR8IfDscLFYJDNcV8vCnXm2PILHrsbBfdm/&#10;Mmf7AQ+4G/cwbO2bIc+20dPAYhNAqrQBx772/cZVT4PTn6V4S075ZHU8nvNfAAAA//8DAFBLAwQU&#10;AAYACAAAACEA+uAgkt4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhN&#10;CiGEOBVFcEI9UDhw3MZLEhKvo9hp07/HPZXbrGY0+6ZYzbYXexp961jD7UKBIK6cabnW8PX5dpOB&#10;8AHZYO+YNBzJw6q8vCgwN+7AH7TfhlrEEvY5amhCGHIpfdWQRb9wA3H0ftxoMcRzrKUZ8RDLbS8T&#10;pVJpseX4ocGBXhqquu1kNXSP/TGZ6Ne/zu/rNW6+1TLbdFpfX83PTyACzeEchhN+RIcyMu3cxMaL&#10;XkOW3sUtQcPDEsTJV0kS1S6q9D4FWRby/4TyDwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AM6NcKOHAgAAhAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAPrgIJLeAAAACgEAAA8AAAAAAAAAAAAAAAAA4QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" fillcolor="#2f4077" stroked="f" strokeweight="2pt">
+                <v:fill opacity="16448f"/>
+              </v:oval>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00E943E6" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Autre</w:t>
+      </w:r>
+      <w:r w:rsidR="002661AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E943E6" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CF1585">
-[...33 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidR="00E943E6" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00580C89" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   P</w:t>
+      </w:r>
+      <w:r w:rsidR="00E943E6" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">réciser : </w:t>
+      </w:r>
+      <w:r w:rsidR="00786A21" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="009A706C" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…………………………………...</w:t>
+      </w:r>
+      <w:r w:rsidR="00580C89" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...............</w:t>
+      </w:r>
+      <w:r w:rsidR="009A706C" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="002661AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="009A706C" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tentative de suicide </w:t>
+      </w:r>
+      <w:r w:rsidR="009A706C" w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CF1585">
-[...201 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="54154C8C" w14:textId="13B126C4" w:rsidR="006D2F78" w:rsidRPr="00580C89" w:rsidRDefault="00E943E6" w:rsidP="00580C89">
-[...78 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="5026666F" w14:textId="77777777" w:rsidR="008C1C2C" w:rsidRPr="005E66CD" w:rsidRDefault="008C1C2C" w:rsidP="005E66CD">
+      <w:pPr>
+        <w:pStyle w:val="Titre1bis"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="12" w:space="1" w:color="199697"/>
+          <w:left w:val="single" w:sz="12" w:space="4" w:color="199697"/>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="199697"/>
+          <w:right w:val="single" w:sz="12" w:space="4" w:color="199697"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="199697"/>
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E66CD">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+        <w:t>VICTIMES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5026666F" w14:textId="77777777" w:rsidR="008C1C2C" w:rsidRDefault="008C1C2C" w:rsidP="00E943E6">
-[...161 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="288BC06B" w14:textId="6A6C2E4A" w:rsidR="00D512D1" w:rsidRPr="00920D81" w:rsidRDefault="00D512D1" w:rsidP="005E66CD">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="12" w:space="1" w:color="199697"/>
+          <w:left w:val="single" w:sz="12" w:space="4" w:color="199697"/>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="199697"/>
+          <w:right w:val="single" w:sz="12" w:space="4" w:color="199697"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="199697"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="left" w:pos="8080"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> total de victimes</w:t>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920D81">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contact principal des VICTIMES pour </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CF1585">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> : ….</w:t>
+      <w:r w:rsidRPr="00920D81">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>les enquêtes environnementale</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CF1585">
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> de décès : ………</w:t>
+      <w:r w:rsidRPr="00920D81">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et médicale</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32DB1449" w14:textId="77777777" w:rsidR="00CC535F" w:rsidRDefault="00CC535F" w:rsidP="00CC535F">
+    <w:p w14:paraId="1461953A" w14:textId="6ED7D2D3" w:rsidR="00D512D1" w:rsidRPr="00920D81" w:rsidRDefault="00D512D1" w:rsidP="00920D81">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="12" w:space="1" w:color="199697"/>
+          <w:left w:val="single" w:sz="12" w:space="4" w:color="199697"/>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="199697"/>
+          <w:right w:val="single" w:sz="12" w:space="4" w:color="199697"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="199697"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="4678"/>
+          <w:tab w:val="left" w:pos="7088"/>
+          <w:tab w:val="left" w:pos="8080"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="280" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920D81">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nom : …………………………………………………...…. Téléphone :</w:t>
+      </w:r>
+      <w:r w:rsidR="002661AB" w:rsidRPr="00920D81">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367BD4C3" w14:textId="77777777" w:rsidR="00920D81" w:rsidRPr="005E66CD" w:rsidRDefault="00920D81" w:rsidP="005E66CD">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="12" w:space="1" w:color="199697"/>
+          <w:left w:val="single" w:sz="12" w:space="4" w:color="199697"/>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="199697"/>
+          <w:right w:val="single" w:sz="12" w:space="4" w:color="199697"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="199697"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="4678"/>
+          <w:tab w:val="left" w:pos="7088"/>
+          <w:tab w:val="left" w:pos="8080"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72AB5B51" w14:textId="657CD7C4" w:rsidR="00CC535F" w:rsidRPr="009C5E11" w:rsidRDefault="00CC535F" w:rsidP="00CC535F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="4678"/>
+          <w:tab w:val="left" w:pos="7088"/>
+          <w:tab w:val="left" w:pos="8080"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nbre total de victimes :</w:t>
+      </w:r>
+      <w:r w:rsidR="002661AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  …….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Dont nb victimes &lt; 18 ans :</w:t>
+      </w:r>
+      <w:r w:rsidR="002661AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…………                Nbre de décès : ………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32DB1449" w14:textId="25B986DB" w:rsidR="00CC535F" w:rsidRDefault="00CC535F" w:rsidP="00CC535F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3864"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> de victimes dirigées vers les urgences</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nbre de victimes dirigées vers les urgences :</w:t>
+      </w:r>
+      <w:r w:rsidR="002661AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">……….  </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CF1585">
-[...3 lines deleted...]
-        <w:t> :…</w:t>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nbre passées</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CF1585">
-[...18 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="009C5E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au caisson hyperbare : …………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47DC5356" w14:textId="77777777" w:rsidR="009C5E11" w:rsidRPr="009C5E11" w:rsidRDefault="009C5E11" w:rsidP="00CC535F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3864"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="10773" w:type="dxa"/>
-        <w:jc w:val="center"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="2" w:space="0" w:color="199697"/>
+          <w:left w:val="single" w:sz="2" w:space="0" w:color="199697"/>
+          <w:bottom w:val="single" w:sz="2" w:space="0" w:color="199697"/>
+          <w:right w:val="single" w:sz="2" w:space="0" w:color="199697"/>
+          <w:insideH w:val="single" w:sz="2" w:space="0" w:color="199697"/>
+          <w:insideV w:val="single" w:sz="2" w:space="0" w:color="199697"/>
+        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1533"/>
-        <w:gridCol w:w="1156"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1134"/>
         <w:gridCol w:w="850"/>
-        <w:gridCol w:w="1418"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1893"/>
+        <w:gridCol w:w="1283"/>
+        <w:gridCol w:w="2119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC2E96" w14:paraId="259A6D29" w14:textId="77777777" w:rsidTr="00FC2E96">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009C5E11" w14:paraId="259A6D29" w14:textId="77777777" w:rsidTr="00F73F8E">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1533" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19A5F0B1" w14:textId="233BE532" w:rsidR="00FC2E96" w:rsidRPr="00786A21" w:rsidRDefault="00FC2E96" w:rsidP="003A233E">
+          <w:p w14:paraId="19A5F0B1" w14:textId="65557760" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96" w:rsidP="003A233E">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="1F497D" w:themeColor="text2"/>
-                <w:sz w:val="22"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00786A21">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">NOM </w:t>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="009C5E11" w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>om</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1156" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E0F644F" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="00786A21" w:rsidRDefault="00FC2E96" w:rsidP="00FC2E96">
+          <w:p w14:paraId="0E0F644F" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96" w:rsidP="00FC2E96">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="1F497D" w:themeColor="text2"/>
-                <w:sz w:val="22"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00786A21">
-[...3 lines deleted...]
-                <w:sz w:val="22"/>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Prénom</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F87F267" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96" w:rsidP="00FC2E96">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Sexe</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D6B531B" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96" w:rsidP="00FC2E96">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(H/F)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="395FE5B0" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96" w:rsidP="00FC2E96">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Date de naissance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EFB513A" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96" w:rsidP="00FC2E96">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dosage </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>HbCO</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ou CO expiré</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A67F210" w14:textId="4BD483E8" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="003A233E" w:rsidP="00FC2E96">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TABAC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00BE4168" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96" w:rsidP="00FC2E96">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(O/N)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B94A066" w14:textId="0ED4B882" w:rsidR="00F73F8E" w:rsidRDefault="00FC2E96" w:rsidP="00FC2E96">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Caisson hyperbare</w:t>
+            </w:r>
+            <w:r w:rsidR="00F73F8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DDFF459" w14:textId="2D78BA6D" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96" w:rsidP="00FC2E96">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(O/N)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33ADAB56" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96" w:rsidP="00FC2E96">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lieu prise en charge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2892DFA4" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96" w:rsidP="00FC2E96">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>si</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> connu)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C5E11" w14:paraId="26234D5F" w14:textId="77777777" w:rsidTr="00F73F8E">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="305A802B" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF3D1A5" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16BE64DF" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21308A81" w14:textId="23B70CC8" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="002661AB" w:rsidP="00FC2E96">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2E96" w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>./</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>..</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC2E96" w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>….</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E3E3DA2" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F87F267" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="00786A21" w:rsidRDefault="00FC2E96" w:rsidP="00FC2E96">
+          <w:p w14:paraId="14CF4BFB" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
             <w:pPr>
-              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA288FD" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2119" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="496E4393" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C5E11" w14:paraId="356C3633" w14:textId="77777777" w:rsidTr="00F73F8E">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="335C0FBA" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DD420B8" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DF81DFD" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32A36986" w14:textId="4DDC0151" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="002661AB" w:rsidP="00FC2E96">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="1F497D" w:themeColor="text2"/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00786A21">
-[...5 lines deleted...]
-              <w:t>Sexe</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
-          </w:p>
-[...16 lines deleted...]
-              <w:t>(H/F)</w:t>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>./</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>..</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>….</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="395FE5B0" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="00786A21" w:rsidRDefault="00FC2E96" w:rsidP="00FC2E96">
+          <w:p w14:paraId="421401D6" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
             <w:pPr>
-              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14974583" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A52731B" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2119" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18169559" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C5E11" w14:paraId="51008C03" w14:textId="77777777" w:rsidTr="00F73F8E">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13680537" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="189CDBC9" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A86876" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BBC6AC8" w14:textId="75DC7840" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="002661AB" w:rsidP="00FC2E96">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="1F497D" w:themeColor="text2"/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00786A21">
-[...5 lines deleted...]
-              <w:t>Date de naissance</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>./</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>..</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>….</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EFB513A" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="00786A21" w:rsidRDefault="00FC2E96" w:rsidP="00FC2E96">
+          <w:p w14:paraId="6659546B" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
             <w:pPr>
-              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C087DF1" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CD43DB3" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2119" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="354FC9E1" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C5E11" w14:paraId="301EFBC8" w14:textId="77777777" w:rsidTr="00F73F8E">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D082FAD" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E19B87E" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BC79FE7" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="544E2A7F" w14:textId="24A5B8EC" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="002661AB" w:rsidP="00FC2E96">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="1F497D" w:themeColor="text2"/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00786A21">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Dosage </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>HbCO</w:t>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>./</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> ou CO expiré</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>..</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5E11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>….</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A67F210" w14:textId="4BD483E8" w:rsidR="00FC2E96" w:rsidRDefault="003A233E" w:rsidP="00FC2E96">
+          <w:p w14:paraId="55C13236" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
             <w:pPr>
-              <w:spacing w:before="0"/>
-[...4 lines deleted...]
-                <w:sz w:val="22"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1372" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DDFF459" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="00786A21" w:rsidRDefault="00FC2E96" w:rsidP="00FC2E96">
+          <w:p w14:paraId="6FB026EB" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
             <w:pPr>
-              <w:spacing w:before="0"/>
-[...4 lines deleted...]
-                <w:sz w:val="22"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33ADAB56" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="00786A21" w:rsidRDefault="00FC2E96" w:rsidP="00FC2E96">
+          <w:p w14:paraId="53D1F563" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
             <w:pPr>
-              <w:spacing w:before="0"/>
-[...4 lines deleted...]
-                <w:sz w:val="22"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00786A21">
-[...73 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2119" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E3E3DA2" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRDefault="00FC2E96"/>
-[...46 lines deleted...]
-          <w:p w14:paraId="32A36986" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRDefault="00FC2E96" w:rsidP="00FC2E96">
+          <w:p w14:paraId="38BFC616" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRPr="009C5E11" w:rsidRDefault="00FC2E96">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C1C2C">
-[...13 lines deleted...]
-            </w:r>
           </w:p>
-        </w:tc>
-[...169 lines deleted...]
-          <w:p w14:paraId="38BFC616" w14:textId="77777777" w:rsidR="00FC2E96" w:rsidRDefault="00FC2E96"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2FADED91" w14:textId="77777777" w:rsidR="00CC535F" w:rsidRDefault="00CC535F">
+    <w:p w14:paraId="2FADED91" w14:textId="77777777" w:rsidR="00CC535F" w:rsidRDefault="00CC535F" w:rsidP="00D512D1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="left" w:pos="8080"/>
         </w:tabs>
         <w:spacing w:before="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CC535F" w:rsidSect="00D84B9B">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="4" w:right="1276" w:bottom="397" w:left="1361" w:header="709" w:footer="465" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7B5FFC82" w14:textId="77777777" w:rsidR="00AA10AD" w:rsidRDefault="00AA10AD" w:rsidP="00B32384">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="07F69450" w14:textId="77777777" w:rsidR="00AA10AD" w:rsidRDefault="00AA10AD" w:rsidP="00B32384">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6BE290B5" w14:textId="77777777" w:rsidR="00AA10AD" w:rsidRDefault="00AA10AD" w:rsidP="00B32384">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="56DF7855" w14:textId="77777777" w:rsidR="00AA10AD" w:rsidRDefault="00AA10AD" w:rsidP="00B32384">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="3A73EB81" w14:textId="71DAD535" w:rsidR="00EE3079" w:rsidRDefault="00EE3079" w:rsidP="00997598">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3A73EB81" w14:textId="6AE1860F" w:rsidR="00EE3079" w:rsidRDefault="00EE3079" w:rsidP="00997598">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:spacing w:before="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41E61725" wp14:editId="08FB8D3A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41E61725" wp14:editId="2FCE5F9B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>2324644</wp:posOffset>
+            <wp:posOffset>4229100</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>10160</wp:posOffset>
+            <wp:posOffset>2540</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2074545" cy="909320"/>
           <wp:effectExtent l="0" t="0" r="1905" b="5080"/>
           <wp:wrapNone/>
           <wp:docPr id="43" name="Image 43"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
@@ -2787,287 +4044,294 @@
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:noProof/>
-[...58 lines deleted...]
-      <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="269D5902" wp14:editId="222E2292">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="269D5902" wp14:editId="1CB2FC0B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>-335008</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>3175</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2132065" cy="902153"/>
               <wp:effectExtent l="0" t="0" r="1905" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="7" name="Groupe 7"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr/>
                     <wpg:grpSpPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2132065" cy="902153"/>
                         <a:chOff x="0" y="0"/>
                         <a:chExt cx="2903855" cy="1228725"/>
                       </a:xfrm>
                     </wpg:grpSpPr>
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="6" name="Image 6"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId3">
+                        <a:blip r:embed="rId2">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="1512570" y="163830"/>
                           <a:ext cx="1391285" cy="801370"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="10" name="Image 9" descr="Mac:Users:xavier.hasendahl:Desktop:ELEMENTS TEMPLATES SIG:LOGOS:REPUBLIQUE_FRANCAISE:eps:Republique_Francaise_CMJN.eps"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId4">
+                        <a:blip r:embed="rId3">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1357630" cy="1228725"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="4D1371DF" id="Groupe 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:-26.4pt;margin-top:.25pt;width:167.9pt;height:71.05pt;z-index:251663360;mso-position-horizontal-relative:margin;mso-width-relative:margin;mso-height-relative:margin" coordsize="29038,12287" o:gfxdata="UEsDBBQABgAIAAAAIQBeeCj1FAEAAEkCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSzU7DMBCE&#10;70i8g+UrShx6QAgl6YGUIyBUHsCyN4lF/COvSdO3x05bCaoGqUd7/M3s2C7Xkx7ICB6VNRW9zwtK&#10;wAgrlekq+rl9yR4pwcCN5IM1UNE9IF3Xtzfldu8ASaQNVrQPwT0xhqIHzTG3DkxUWus1D3HpO+a4&#10;+OIdsFVRPDBhTQATspA8aF020PLvIZDNFLcPk+x0S8nz4VyKqqjSiZ+ypLCLDCwySbnMeBjwLIg7&#10;NyjBQ7wRNhp51iY7NskjOZ/BXjm8i3UXEpLyt8nvgCP3Fp/AKwnknfvwynXsy6RHBivbWJH/75GG&#10;1JjZtlUC8sbjZqZOMy15S7szHsZrzZuIfcB4cmfzR6h/AAAA//8DAFBLAwQUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69jODwTJ621G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkX&#10;W9uRzLGIapQsBuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/&#10;7BQdk9BUO0dJ0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q9&#10;6XL8AgAA//8DAFBLAwQUAAYACAAAACEAuoTDpG8DAACHCQAADgAAAGRycy9lMm9Eb2MueG1s1FbL&#10;bus2EN0X6D8Q2tt6+E3EufC1FcOFnbhxsg5oipKISCJL0o+g6L93SMlOrh2g7e0qC9N8zJAzZ84h&#10;dfPtWBZoz5Tmohp7YTvwEKuoSHiVjb3np7vW0EPakCohhajY2Htj2vt2++svNweJWSRyUSRMIdik&#10;0vggx15ujMS+r2nOSqLbQrIKFlOhSmJgqDI/UeQAu5eFHwVB3z8IlUglKNMaZmf1onfr9k9TRs1D&#10;mmpmUDH2IDbjWuXarW392xuCM0VkzmkTBvmJKErCKzj0vNWMGIJ2il9tVXKqhBapaVNR+iJNOWUu&#10;B8gmDC6ymSuxky6XDB8yeYYJoL3A6ae3pff7tUI8GXsDD1WkhBK5UxkaWGwOMsNgMldyI9eqmcjq&#10;kU33mKrS/kMi6OhQfTujyo4GUZiMwk4U9HseorA2CqKw16lhpznU5sqN5vHJcRR0hr3GMYyi4SDq&#10;WU//dK5vwztHIznF8GtQgt4VSv/MJvAyO8W8ZpPyX+1REvW6ky0oqCSGb3nBzZsjJ5TOBlXt15yu&#10;VT14B7x/AnxRkoyhvk3NmluL2p7YfJaCvmpUiWlOqoxNtAROg9IcED+a+3b4w2Hbgss7XhS2RLbf&#10;pAX8v+DPJ8jU3JwJuitZZWqxKVZAhqLSOZfaQwqzcsuAO2qRhI7+UPOlNvY4W30ngD+j4SQIRtH3&#10;1rQXTFvdYBC3JqPuoDUI4kE36A7DaTj9y3qHXbzTDPIlxUzyJlaYvYr2U7Y390KtI6dHtCdO9TVl&#10;ICBHnVOIwCILiY1VG8UMzW03BbQeAeHa57zgoH1H0wKtQRDW40ICYS+MegO4aoDsYb8z7DR3jMXD&#10;qiHsjMJo2JB6GIQdsP3Iaai50mbORIlsB7CFaBy2ZA/Q1qYnE0joPRTXhWHNIuh8GSWEAFd999RS&#10;GHkoYZoCTVeE4mcNzws+kj1nqp0TzeAxyQs8Y/rVCInjZbyK75826ClerZeTp3iDNos5Xj7MHzb4&#10;MV4/f18ufn+OX+4eJ/fTyWITYyY1fmRyB/X8Y8de7hSpKOGavUxXv923YfVrKzH6ykpUtFHf/1Al&#10;2h5WIoGXjOyMcGBcaLRW55Uwe4M+qNU9U5+9Nv9RmQRXwt69oFiCi8q25wm4e+zMp+J1jxq89u6y&#10;ar5M7OfExzH0P34/3f4NAAD//wMAUEsDBBQABgAIAAAAIQC+wZVlxAAAAKUBAAAZAAAAZHJzL19y&#10;ZWxzL2Uyb0RvYy54bWwucmVsc7yQywrCMBBF94L/EGZv03YhIqbdiNCt1A8YkmkbbB4k8fX3Btwo&#10;CO5czgz33MPs2ruZ2ZVC1M4KqIoSGFnplLajgFN/WG2AxYRW4ewsCXhQhLZZLnZHmjHlUJy0jyxT&#10;bBQwpeS3nEc5kcFYOE82XwYXDKY8hpF7lGcciddluebhnQHNB5N1SkDoVA2sf/jc/JvthkFL2jt5&#10;MWTTlwquTe7OQAwjJQGGlMbXsi7IDMC/O1T/caiK28uBfzy3eQIAAP//AwBQSwMEFAAGAAgAAAAh&#10;AOuPKLffAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAUhO+F/oflCb3pJrERidmISNuT&#10;FKqF0tsz+0yC2d2QXZP47/t6ao/DDDPf5NvJtGKg3jfOKogXEQiypdONrRR8nl7naxA+oNXYOksK&#10;7uRhWzw+5JhpN9oPGo6hElxifYYK6hC6TEpf1mTQL1xHlr2L6w0Gln0ldY8jl5tWJlG0kgYbyws1&#10;drSvqbweb0bB24jjbhm/DIfrZX//PqXvX4eYlHqaTbsNiEBT+AvDLz6jQ8FMZ3ez2otWwTxNGD0o&#10;SEGwnayXfO3MuedkBbLI5f8DxQ8AAAD//wMAUEsDBBQABgAIAAAAIQC+VfW4ryUAAKo1AAAUAAAA&#10;ZHJzL21lZGlhL2ltYWdlMS53bWZsmgl8Tdf2x/c5595z7r1RVMxRJEoM8WqqiKEvoYZWjDUVVUqp&#10;qWqea6rhEaSIOaKGmBVBgjxDaaixFDVrDUW1huKem3vW3vv/O8fN0//7//s+X2fdtddew2/ve115&#10;+flUzlLGqvHv/dXy9ZVlFYb/UrcqzMuYdrwk/mD3VNvnApriYW48w1REc9vKp67xsAL2mq6ozMCT&#10;EF00YT4s21sV+Tx4BlU7+uV/L/0K8+NlHbfKmrAabCCPEja9QXceKTrzMqIdLyVa8RLiPV5YNOYF&#10;RAL3igZcFXE8yGP5E16L/8Zr8Ku8Oj/Dq/HvQEaINfAtwtosxExE7HAexwfwBrwXT+Af8ca8I3+P&#10;t+WteAvejr/PO/OmvDu8vfm7fGCIYXiOgW8i1qYhZhZik7EnBXuXIEcqcq1EztXInY6o9YjYgJob&#10;+RqQEeI7+M5g7SpifkPsE+wJYq8qlmCWFMyUjNlmYcZpmHUiZh6D2YeFtHipSSf01Il/Cj5Bp914&#10;V94Ff3biPXh7eNvyfrwlH4EOp/FmfCm6zXBoxk/C9wvWniCGEKuITtwtunCP6MZ94hOeT3zKX4Pm&#10;+R2Gwx4F3zisTUDMZMROxZ4Z2JuEHMnINQ855yO/zTzUSkbNJNSegR6mopfJ6GkCehuHHkeh1+Ho&#10;0u7dJu+GfOucucLaM4/YjjrbuS42oNZqaJLKJbQlvpAH+AL+HHUeo47NA9i3of1NrF/lK/glvo5f&#10;5Dv4BX4QnA1xG76nWCPEuMRNTHIb0z3gBcXjEM/xDEB1wqQSJ6AKN/4nuSFM9PKIvxEiQuTy4kIT&#10;hUU+UQB/ekVJxJaGNxK5ohwe4HkHr2/wsuIKdl7gEeIcLyZO83BxAjWOoX4O+viO+9HlXX4Afdoc&#10;5PtxV7fwHJ7Gj2GeE5j1NJ/Lz+EGXYCWV6DlDT6F3+GTMPckzD/RIRe2Ir5C1zOQfTbuzQL0mMpL&#10;inW4Oy+1/L8qj8aKzSioPAIqD8OOwbh9n4uFvB8yfCrm8+5inkNn2O1xK1tjvYVYwd9H5mZiB28q&#10;DvIm4qxDU2jaTDzFGiHGJVoLn2gv8ovOoqDoHuJTPPtBt8+h3mBoNwwaj4DKo6DyGCg8N8Rs6DkT&#10;Kk9D3CSoPBYqD4XK/UQkcuFzAHQB7fG6tSgrmos3RFMRIRqJYiJehIv6qFEX9WPRRy3h5zXEXV4d&#10;fdrUEPt5LbGFx4o0Xhfz1Mes8WIub4R3W1Mo2By3u7WYgnkn8S6gO959Nv1gD4XKYxAzESpPxb5/&#10;QbMkaDEnpGWeyvhwdD6/3PhM3Cqa8iMO3flWfILZr7ci/xGHMmKrsJnyn/dBi9D74E12Bd7HDq24&#10;S9pM4ZEOKbBtVGHjll6hyzDhkfmFTxYQr8nXRUFZSBQOEYHXkfBHyjIOxWUkYqIcdDyZLCuCUNcP&#10;lZ+JouIpTukxTuexUEAKv+LwqsMfQ9O9x0qxunIrt6kv1/J/yuX8XfT1npzDW8kZvIP8in8sJ/G+&#10;cqLDUNjj0P8UOZ3PlEl8rpzP58mlfIFczVPkFuASL3lNLJRFxCIZIZag5ylgImaxGS2Liy/kG6IP&#10;ZuiJ3j8O0QGvWyKuqSwlEmQx0QCxcdAkVmqitgxym1j5jNeRf6Df33gD+StPkFd5Y3kRvZ7mXeRR&#10;3kce4kNlNp8o94CtDhPkev4l+hsnV/Ax6HWEXMSHyAX8c/TeV85z6Am7G+buLBdj5uX8A/kNbyPT&#10;eUu53dFmojyBXCf4KNQZJM/y3qjZDbU7ooc28j7qP+Qt5GOeKJ+DQAgOnypaSV20kT7RTuYTnXC+&#10;XWVB8UmI3nj2w7kOwZyjETdRMnDiPzepTegmVWAHoPp5hwV4LuDX5Gx+V07jj+Vk/gynYuKEbCRs&#10;nU3hYWwaL8hm8sIsmRdji3gJlgY2gDLC5bAZVTZzja3kClvOGVvMuVzIg8htQo1nUMbmMeyH8N2G&#10;atdkKr+AW3IBp3TA4dWN+vv7pSFryjs5dOcNmU1TMAU+mzKiocOrvftDt7EZK8xmsQt8FrvhkMQe&#10;8tnMz+cywecxt1jIfGIZyy++YQXFhhBbWQGRAV8mCxP7mCH2M1UcZJwfZs/4z+yFwwXsP8d0cQpx&#10;x1hhcYiVFHtYabGNRYp0FuWwEs+leJ3Cyopk9oZIYhFiBismprJwMQk1JqD2OOYSo9HPSHaXj2Bn&#10;HUay/Xw028LHQd8JbAmfxBbwqWwun8Fm8SQ2gyezqTwFcy9lk/hKkM4mOmyCvZ1N5ruxtg9ndQCx&#10;h1kSP4rzOs5S+BnkO4fzOc/28QvsBLB1wd+J7LDDAZbJ96NuNlvL97IVyLOE78C+zWw+8s9zWAl7&#10;GXwLcbbzWSp6WQ09N6Ov3cj1Mk/e591UfJer41bYQXZezjRtAnKWWZLNMeux+WZztsjswpaZ/Via&#10;OZqtMaezjWYK22auYpnmVrbf3MdyzBx2xjzLLplX2S3zLvvDfMQCpslcAckKBnSldCCfEhMopNQN&#10;FFPeD5RSOgfKKP0DUcr4wJvK3EB5ZVWggpIJCuTa3Gclc7ewCrlDWY3c+uydXIO9n3tBdsxdI3vl&#10;DpdDct+TE3NLyzm5L0Rq7hmxOXejyM6dLk7m9hbXcpuKR7mVhcwtIAoFX/A3g9d5neBRnhjM4D2C&#10;K/mI4FyeFJzAVwcH873BT/m5YGf+MNiGu633eRmrEa9n/ZN3tKqIl1QXTaw4UdtKEBWs5qKo1V4Y&#10;Vg8RCH4uHgTHi6vBJHEquFwcCG4VO4IHxZrgebEo+EDMCkoxIVhUDg2+JfsEm8muwZ6ydXCCbBJc&#10;LusF98rqwcsyOpgr3wg2YGHBaSw39zx7gLkvg46WV7XJCNh41HkBXR0SUNV2AVJiAy+UiMAfCgvc&#10;Vu6ZPyunzRNKpvlv5RtzqzLbXKGMNucofcxxSnuzr9LYbK/UNuOVimYVpaRZRMlvCqaZ91iu/wx7&#10;4s9k9/1p7Ff/VHbFP4Bd8LdlP/rj2Cl/GXbc72bH/L/Lo/4fZY7DTtiL5TH/OHnc30Oe8jeVZ/1V&#10;5UV/YXnNT+KW/4544D8lnvozRa7/G6Gas0Q+c6QoavYUkWYrUdWsL+LMyqKJWVx8YBqih2nyQeY9&#10;Pt68xJPMH/hycx/fZOIemyv5SXMBv27O4I/M8VyaQ3jBwGc8KvCWmOlQRwwPvCs+DrQR7we6i1qB&#10;waJ0YKrwBpaJ5+Y68buZIX41D4pL5mlxxrwmcsyHYr9piUwzTH5rlpIbzKpytRkvU80P5GKzt1xg&#10;jpVfm8lyjpkuk8xs3PW8e5/3jogKfSp58Q0gQWZRKYC/a6zhIA32GDBUTqNmwF5vKXvRQNBNavQR&#10;sF/n5ZruvLs0NpKVYxVYURZNNgVZBYcw2B5WkdysMv6BVdXBzeqRzhqRwRIddNaZNNabpPyCgnIU&#10;PZcT6A85he7IqXQVHdj8BE7itc0x2N/LGfSdTKJDcg4dlMkOh+QCOiIX0VG5BHHL6LJcQfflSocn&#10;chXlyrXE2HrU3Ez52HZ6nWVSONtPhdkxh3B2Br6LWLuO/m6TkPfQy0N6IP+k6/KRw4+wv4dvn7xP&#10;GfIObZE3aYO8TOnyHK2VJxzS5fe0Th6EP5s2y0z6VmYgdhtlyS30b7nRYbdcR9vR07cyDTmWI24x&#10;WBAiGb4k2oYZd2De3dBij5yEWb90yJZjkWsE7YJeO2Q/xPVCno9oq2wdoiFy18Z6Fdoro7CnFP0g&#10;i0LDcMxQyOEu7Efw/SWL0wsZQQFZmiwZ6SDx2s2K0WssHHqE4zwLOWf6I2awOSp3Qu+9tB/zZcsD&#10;qHEY5DjsgwbZ8gwdkD/RYXkRZ3WZTsurdEFeoxvyusNvsB/B9xxrAcQQYgX2SHkc55PjIJFTyEPo&#10;J5v8cg89ho6/QMe8Hq7I4WRzE9yWQ+meHEwP5UDk7UNPZHd6KjtitkSHp7IhfHFYq4GYGMRWxJ7y&#10;2PsmcpRzuAD7LHynsPYDYnIQewR7DmPvd8hjcxg5jyB3Dmr8gFqnUPMsal8I9WL3k/eu+Pvf+7VZ&#10;f6rNhjnEsslUh82mumwhvcNSqSFbTU1ZOrXAvWzPNjh0gd0dvl5Y+4ylUX+2lAayFPqCzaSp2Gsz&#10;BfsnshU0FnHD2Rb6nGVQb5ZFXdk+asuyHRJhN2F7KZ7toXq467FsJ9Vk2+gt3P8Yto4qsVUUzZZT&#10;OeSLZOOoLOvjEMnawpeAtRqIiUFsNPZEYW9p5CiJXMWQswhyF6ZE3I+2uB82nWB3g68nK4q+i6Pn&#10;CBrMytAwVo5G4TNgPKtJk1g8em9FX7HuwNalP+I6OQzA50F/1O3L6lAfVh15YpCvIn2Iz5K2rLxD&#10;Iuym8DVkVaBfNfQSS3HIGcuaI9fLPHln8EHoG2Y0W4KOtjpE4xlNmejqECtBx9HtGXT9E7q3uQr7&#10;Fia7j+7/ZKXoKaZ+jk8uPzo3WQOQRb84xONpU5duslp0g71F19DtZVaJLiL/T+jyNDq2OQ47B74D&#10;6DgTU33L4kAWLXEo+p8b8+onDB2VJmTTQWlA7ZTa1FapTq2UGGquVKKmSjQ1UirQO0p5h1jY1ZWK&#10;VBXrlZQaVEGpS29ibzmlPUUpfRzKKaPhm4G1+YhZjthV2JNOscp65Njg0Ah2U2UdaqxFrVWomYra&#10;i9DDXOqkTKXPQwxQvqa+yjL6VFlDHyub6UMlg9ooWdRM2Yc82Q6xsGsoeylG2UPRSiZ62UlllG0U&#10;gfjiqFEE+cPRRwFlNr2mjKN86NPmNaUtfAlYq4GYGMRGY08U9pZGjpLIVQw5iyB3YfQejlqFHJrB&#10;bqMURZ8l0VNZ6oV9nynVqD+0GBjSMu9O/P19maz0p2RlWIjJ9DX6WaAspEWYfZmymlZCo3XQZSs0&#10;stkJew98+7F2SEmjI8pSylFS6AdlJt3EXpvr2H9ZWUEXEHdG2UJHoc8B6LMbmmyCPjZrYadBn6XQ&#10;JwX6JEOfJOgzA/pMhT6Toc9E6DMO+cZAn9HQxmYM9BkHfSZCn8nQZyrmnAF9kqBPMmZPgT5LoU8a&#10;9FkLTTZBH5vtsDPhy4ZGh5Ti6DmCjitl6LRSjs7i7lxUatIVJZ6uKa3Qf3dg69IfcZ1CJNL3qHtY&#10;qUMHcRezUTsL+3bg7m3CPbRZC3slfMuUKtCvGnSMpXnImaw0By/z5J3BsNC3j0h8W2ipZlG0w0Wr&#10;m/qSgerP1hj1ijVRvWZNU29as9Rb1lz1rjVf/d1aqD62lqjPrWVq0EpVFUpTPbRSLeGQplagVLUa&#10;LVXjaJGaQPPVpjRHTaR/qfi8UdvSWtT5EnyidnFoqXYlu35LtT51DdFTrUd91br0uVqHhqi1aDjy&#10;jVQr0yg1ikajjs0otSB8HqypiOHW5+ilrxqweqqm1VX1Wy0d6v/nnf2DM6/G7H8DulmOCmXVYQ5H&#10;1cl0TJ1Nx9WFdEpNpbPqavpZTafr6nq6o25w+B32E/ieYy2gplFQXUpcTSGmzaQi2myHcG0hFdRW&#10;UJiWTm5tCwk1g/yY7A91H/2qZjtchX1B3Us/qnvohJpJR9WddFjdRgfUzZStrqM96irarS6nDPSz&#10;TR0H+oRoC18C1mogJgax+CyDGofV0shRErmKIWcR5C5MV9Vw1CrkcB/2n/A9U4ui7+JEagR6LkMu&#10;rRwZWkV6TauJnuOpkNaKwrXuwNalP2br5EA4OQt1c3ESfrU68sTQI7Ui3ccp/6qWd7gG+yJ859Qq&#10;dBondUKNhZ7x6Ks5cr3Mc1PV0J9Gj9VLlqFdsuzXeTfxf393nadFk80srYLDdNhT0OlErTKN16o6&#10;TNLq0WStEUh0mKR1pglabxqrfUEjtFE0SJtAn2lT6GNtKnXQpjm0wrMpXtu8Cztem0ENtCSqr80B&#10;yQ4NtAX0T20RNdKWUDNtGbXDafbUVjoM0FbRMG0tjdPWo+ZmmqFtpyQtk+Zq+ylZO+YwVzsD30Ws&#10;XadJ2m0ard2jL7SH9Kn2J32oPXJIhB0PX6x2n97S7lAl7Sa9qV2mKO0cRWonQnxP5bSDVF7LpmjU&#10;qKJlIHYb1cStitM2OtTQ1lEMeqqspSHHcqqoLUbsAoeKmKcSZquCGf+BeatDi7e1SZj3S4c62liq&#10;pY2A/wus90OeXsjzEfa0dqisNYSvNtarUG0tCntKUWOtKLXUwqmThu8YoAfsvvAN1IrTYC0C2pSG&#10;9pEOY/F6klYMOoTTbDAP8faZJmIGm0baTui9F3NkQ4cDqHEY5IQ4QXWgY13tJ3oHWjaCNu9pV6mN&#10;dg36XXf4BHZf+AZhbRhiRiJ2NPaM1Y6DnBCHaYx2CP1ko7891B86doGOeT100IbjXgynzuBjbSjO&#10;eDD11gYibx8agHfCQK0jSAzREL44rNVATAxiK2JPeex9EznKObSBnQhfM6w1RkxDxMZjzzvQ8h3k&#10;eUlH+LpjrQ9iBiJ2MPYMxWwve7H7yXtX/P3nXeu1i9YBh6fWes3mIihKBxyyaL1m8+pbTE7os70u&#10;/i2ouwqRTT5XOBVyFabiriJUylWMIl0lqbyrNFVyRVGMC98tXTFU3VWD3nYlUKyrLdVx9XGIdY2D&#10;bzbWliNmFWLxndW1GXu3IcdO5MpEzj3IvRc19qFWtgODHcQZv4D2T6D9Hzjzezj7O3jv/Iq7ewN3&#10;9yru7c/49LygjaPz0MTmgtYWvgSs1UBMDGKjsScKe0sjR0nkKoacRZC7MDHMlDef7toAewO95lpP&#10;4a50KoZeI9Bzadd8KuuagV5HUxRmsol0tYevCdbqIqYGYmOwB5+GrgrIUd6BwQ7iLF+gh6fo5bFW&#10;l/7UmtBDrT3oE2I0fDOwNh8xyxG7CnvS0dd6pxe7n7zzfPU9uIWrKPV0iMYzmvq7ytBwVwmagNOZ&#10;golm4LRskmEvwmmluorTKlcpSsdJbXBVpk2umqAByKIUh3g8berSAlctmud6C3tjaI6rEs1C/umY&#10;ZAqmspkAeyx8Q11VULc69XLFgSxq4fDqBp0P3aDm+Pn9D66GZHMCsadd1egclLrkiqQbrgj6DXM8&#10;Rp+56NfG5Q6n19xFqYi7BJVyl6FId3kq765K0e7aVNGdAPBJ5ZBOldxbqbJ7J8W4s6gwKOTe5OBz&#10;byfFvZtM3KhnuEWPcaNsfoN9HTftomsX/Yjbd8K1kY66VtP3rmV0xDXP4XvXTMpxTUG/4+mkayTi&#10;htB51wC67PqMbrp60kNXV+TtQG53G3rd3RI0DFGfCqLH/O7qFIZ+DXdl0tzRJO1bAN1snsN+hNl/&#10;h3a/QYfbrrfpV2h+E9pfdzV2NHrd3QP5epDX3ZOYuw9qDcCewXQPvfzq+hKaTaZrrul01TULJIdI&#10;gW8p1lbQL7i1d1xr6T7eZX/gFv2FG2Rjwrbg09xr0N8K1Fjs1Mm7XQWc81Lwzaa5+6L1iUMWNYeq&#10;9uu8qL9/757j7k9z3MMc5ronU7J7Ns1zL6SF7lRa6l5Nae50WuteT1vcGxwyYGfBl421g+40Ouxe&#10;St+7U+iYeyZdx16bq9h/Cd39hLhT7i2U486g/ehhp3sfbXRnO6yBvcK9lxa799ACN/7+xA2Y5d5G&#10;092b6Sv3OprkXkUTcEPGIt9o9zgaBRVtRrvbwpeAtRqIiUEsbrY7CntLI0dJ5CqGnEWQuzCtwS3c&#10;6C7ksA32bvj24VYedBdHzxH0A27mSXc5+tFdkS64a9Jldzx6b0XX3N2BrUt/xHVyOOJOxKwJdMhd&#10;hw7gduxD7d3Yt91dAfnLO6yBnQbfUncV6FeN5rtj6WvknOtujlwv8+SdwdbQO+ttVoYN1TdQHgP0&#10;7dRX30mf6pnUXd9DXfW91FHfR230bIdmsBvB/0+s19N3USzia+lbqBpyVNVXU2U9lSrqC6mCPpfK&#10;6eMpSsdnHSint4Hvn1irg5jqiK2CPeWxNxI53kCuEshZDLmLUDMd/4bTCzl0gN1ZL0yfYK2vXooG&#10;IX6QftGa5jCbpumzabq+jmagj5l6Fg0D9iyD9FoO/fS3qJdembrpFagL6IiaNq1hv6/j70i9KiXo&#10;NamBXh89NKM4vQPoE2IUfNPoHX0eYpZRE/0baq6no6/11Ak1bD6C3UtfQ/30lai3xKmZp/Hf73mG&#10;3p8y9GEOO/XJtAt9Z0KnfdDrAHQ7grzHkescctpcgn0dvl+xdldPo/v6UvpdT6E/9ZmkGrMdmLGQ&#10;uL6CAoj7C2fwUM+g25j/Ms7oDM7L5hjswzjDf+PMsnBmO3G22/RttFnfTBugW7q+itboy2kl+lmh&#10;j6NUzG6zQm8LXwLWaiAmBrHR2BOFvaWRoyRyFUPOIshdGDXCUauQwwXYV+H7RS+KvovTAz2CHull&#10;6Klejp5D7yC0Fno8MaMV6A5sXfpjtk4OD/REzJpAv+Ge3ME9+QW1r2LfRZzXGZybzQ+wj8B3AHdo&#10;n14NvcRCz3j01Ry5XubJO4MHoU+kIWyekZ9svjYMmmuoNNsQ1kwjaE03AtZXht+aaLywxocYjedw&#10;+AZjbZBhWQMR2x97+hk6CHPobxSigUYJGmyUoREG/l4zqiP3O7TSaE7pxge02ehC242etMsYQFnG&#10;SNpjTHbIMmbg9VzabaTQTmMp7TBW0rfGGtpkbKD1xhZKMzJogZFFM4x9NNbIdhgO+3NjL/U19lBP&#10;I5O6GTvpQ2M7tcGe5tjfBLkaGv+iBGM89TZGOfQxJtJnxnTqbyShz6/RZwoNMxbTaGMJjUddm8mw&#10;p8E301gEPRZQsjEPGs2h+cZM9DDVYT5yJhsjKMkYRNONz2iS8Ql66koDjNbooxF1NOqhj1qUaFSh&#10;ZkYkeilGjaGRTRNDWu8Zz6zmxiOrpfG71cb4zWpn3LI+NG5YHxlXrT7Gz9ZQ47w1yfjJIQn2QvjS&#10;jGtWOuK2YM9247m1C/pnGj7n/PJO9vzfvhscNxqSzUkjjs4Y1ei8UZEuo5dfjAi6ZxSlJ0Y4BXFe&#10;Nm5POOX3FKWinhL0hqcMRXnKUwVPVaroqU2VPAlgeYh0quzZSlU8O6mqJwvxWRTu2eQQ5tlOqmc3&#10;5eJMnuNsnuCcbO7BvokzumTsorPGNvSzkX4wVtNRYxnlQNuXzKRjxhT0O55O4V6cNYbQBdyRK9D2&#10;F9yXP6BtrtGBdE8b1GoJGjoU8tSn19FjAU91yod+vZ7KmCWamKcCWbh/Ni+MCuijIj3EWdyDDneM&#10;t+mWURd549FXY0ejcE8P5OtBPk9PUjx9KIDaT4zBdB+93DK+ROxkuoF7c92YRdeMZIfruDs3cF9u&#10;GisQs4ruGmvpgbGOHhnrMf8GhwBsgs/tWYP+VqDGYqdO3nm9+uaZCPV7OETjGU39cArDcBrjPYVp&#10;Mk5nmqeQwxzYKZ4itMxTnFZ6StFaTxStw9QbPDVpo6cByKL5DvF42tSleZ5a9LXnLZrriaEkTyX6&#10;F/JPg0KTcMo242GPhm+IpwrqVqdPPHEgixIdXn3zfPW7LbvR6UmHm9Ztj01RUrw2Fem2x2apwx3P&#10;N3QXs9/zpNMDz3r6w7OBHns20jPcGZsgbMW7HmQ5mJ59iMl2uAP7hmcvXfJk0nlPBp31fEunsf8U&#10;cp6EjidRZ7fDqw7/90+Synr7U1nvsBCTKco7m970LqRobypV8a6m6l78jBfV3/HiZ7zgXdjvwdcS&#10;a228adTOu5Q6elOos3cmDcJem4HY38+7gj5F3MfeLdTJm0Gt0H0T7z6q5812eBv2W969VNm7h8p7&#10;M1F/J5XybqMS3s1UxLuOwr2rqKB3OeVDPp93HHm9fRx83rbwJWCtBmJiEBuNPVHYWxo58G9CbzHk&#10;LILcheltbzhqFXJIgN0UvhY4gbbe4tTBG4Gey1A3bznqgRPp7a2JnuNpgLcV+se/nx1d+iOuU4hE&#10;ao+6H3jrUGtvdeSJoWbY19BbAfnLO7wNuxp8VbxVqKK3GnSMhZ7xFOltjt5e5onzauhPw95LVg9g&#10;v8676Xm/QXqrTCQ+o2xvVfxeqf18gv9/9Gvnc0vBb4xOERcsmzlgifjZWiOuWFvFDStL3LIOifvW&#10;cfHIOideWJcFt34ROt0VBeh3UYIeiXL0VPyD/hJx9Ew0dvhLtIavC9Z6I2YwYsfQL+IruiyS6JxY&#10;QMfFcjokVlGWwM+wxWZaI7bREpFBc8QumhJiJJ4D4OuBtY6IaYHYd7GnHvbWRI4Y5KqAnGWROwI1&#10;iqNWEdQMR+1w9PGSOPj+gbVyiCmB2ALYo2Mvt2pilnqY6V3M1gIzdsSsPTDzAMw+MqSFrcd/6yil&#10;/I+OL/V8Aj1f6VgEe2zKghjkqo2cCcjdHDXaodZHqPkpag9AD0PQyyj0NB69TUSPU9DrVOg4Ff2/&#10;pDV8XbDWGzGDETuGhmDmAZj9U2jwEbRoB02aQ5sEaFQbWsVAs7LQrkgIL56CZ9Bzvo0e8M10k6+n&#10;i3wVnebLKYcvoP08ibL4V7SDj6GtfDBt5L1pHe9C6bw1reWNHdJ5HHz/wFo5xJRAbAHs0bGXWzn8&#10;hXWaP7Iu8vvWTX7LesBvWM/5FUvwny1vSAtbj//W8e+/0fz/3cfV/IJlsxXsRa4jyHkGuS+jxi3U&#10;+h01/0LtIHpg0FGHjmHQMT90fB06hkPHV/egNXxdsNYbMYMRO4YYdAxi9r+gwe/Q4hY0uQxtzkCj&#10;I9BqLzTbynfR6hCL8EyCbxLWRiJmIGJ7YU9X7G2HHInI1QQ6xkPH+tCxDnR8GzrWgo41oaNNLej4&#10;NnSsAx3rQ8d46NgEOiZihnaYpStm6oXZBmLGkZh1EmZOwuyLQlrYevy3jvMPlvl/7qP9G+b2bxYN&#10;Vk7o9bnNDb0Df6oP4poxnRc1VvCKRgavZxzjLYyrvLvxJx9iCD7VKCAWG6XFJiNG7DfixFmjibhj&#10;tBEBo6vI5+ktynoGiVqekeI9z5fiI89UMdQzS8zwJIsVnhSxy7NYnPQsF7c9acLyfCNivGvEx961&#10;DqNgf+1dLTZ4V4pD3lRxybtYPPbOF27fbBHhmyqq+caLxr7h4kNffzHA10NM8HUQyb73xTe+BmKH&#10;r5o45IsSP/rCxQ2fSzz0Peem7w5Xw37ir4Ud4kXDvuWlw1J5+bCZPCZsBK8e9gl/O6wlrxMWx+PC&#10;3uR1wwo4xIU9o9phl6hG2H6KCUunN8PmUkTYaCoYht8YCWtNpu8duu+LoUu+CMrxhdFOH1krfY+s&#10;JN+v1gjfeau775jVzJdtVfNtt4r51lnCm2rd9s63tngnW8O9g6363h7WUU+CleSpbrX1lLVKePJb&#10;vxrBYI7xOLjJuBP82rgcHGmcDHYzDgSbGDuCbxmrg8WNBUHN+Cr4SB8avKL3CB7TWwYz9brBdXr5&#10;4GI9f3CmbuZ+qd/IHaofye2nb8j9RE/K7ap/nttJb5nbXq+a2073ObTX7wY66d8FuuppgZ76l4F+&#10;erfAMD0+MEGPCszS9cAS/aG5Xj9n7tH3mCf0VeYNPcl8po80PUZPs4zRxow14s3WRjWzrxFpfmWE&#10;m2mGbmYblv+y8cRvGvf8RTw3/bU8l/ztPOf8wzyn/As8P/h3eY76f/Z87w+EKOH93l/Xm+P/0HvM&#10;P8p7wr/Qe8af4f3J/6P3kv8P7w2/4bvrj/L94a/ve+Fv7xP+z32GOc1XyEz1vWHu9FX6H7btPqbK&#10;Ko4DuNx7nue8PcDMFYlRWeMlzWA6aK0yBGcGJEQqlrsDpQlI1vKlt1GjNAIURd1uxsRMZZqjF4cK&#10;RpIbtLvkJRbxoqWpGBusBsR4fud5nnvP6XLzr9bZPjv7/XnOH9/fb2c7cJmlwA2WDtPsBaC8AGL4&#10;65DEyyGd18IafgyK+Fl4m/ugiv8Kn/Jx+IIj0cLnCh9PFAN8hZjLfwyRrEEMs53CxzaK02y5qGEJ&#10;4jUWLvJZmMhm0/AMG4PH2O8Qw/rBYF3g0HYYpa0wSJuggzbCGdoAR+hRqKZ1sIN6oYAegEy6D5Jp&#10;DTxAdwOh1TBBqkKukmroILvha7IH6sg++IgcgDeIFzykDjLIZ/A4aYBY0ghzSBO4SCv8jTvgFu6B&#10;PjwEHXgYzuPgObAD9ZiK/ThKVOA4UYaTxTa8QpTiPFGIS4QHl4k8XCtexCdENr4gsvBPIhOPiAws&#10;QzLxPdYqvMjKxWnWOpxnFeDNVgkus7bjvVY5PmLtxV9Zh/FF60vcabXhK1Yv/sO6jSctgQNWBCF2&#10;LLnLforcZ68mcfYWkmh/TpbZgyTXjqQb7ZV0q32RHrQFbbAXsxa7lHXbH7Mh+zgbttvYuH2F+e0p&#10;Rp1wfq8Tx+OdpTzFWcOfdV7l65wPeanj5e87p/lB5zt+yunm3zvX+aDzJ59wbM78uhHrn22k+aON&#10;Df6HjA/8CUbwHd34wZ9ojPqTjMjAjERjceBRY3Ug3ngz8KDhDUQZ5wPhxi+BMGMyMMUj5DB/RP7M&#10;0+Ul7pGNfIf8hO+R5fyYLObNMod3ymR+XUbzcSnZLHWTRap2FqNOsAVqF0tRr7BlKp1lqPksVyn6&#10;krpG89W3tFB5aZHaSovVKloSkhTcZwfrKbJJ9ZNC1UzyVR1Zr94ja1UByVHp5DkVT9IUI0+ocZyk&#10;+nCcasHzVD2OVDuxS5XgaZmNR2QKHpQx2Cc1fE7+pR+X/XqtbNPL5Em9SO7Xc2WZ/qTcpD8sc3Uu&#10;l+qTgQX6YCBKbw1l938z//97Z82dWW75rC53ntPlbrdm3HRXWODOslwoyYpAd1vRyBFx6JZYgi6L&#10;VNQknkf1Yj2qFJvRdvEO2iAqUbY4hJ4Wp9AicQHdLzpRpLiGXGICTYNbG4Mo7QYs1AYgVeuBtZoP&#10;tmiXYJfWCoe1ZjinnYUe7QyMat8EdZszeoOatR7zqNZrVml95jZtwPRoV82VWjBTtNvmfG3MjNAm&#10;TQcJcwyFwRCi4ENzoBnFwEmUAIfQEqhEqfAuyoJS9DJ4UDHkoLcgDVVAMvLCPNQCbvQbjLndos+9&#10;UHSFjJijrhkz95AX6pkTYWF3pl5X8AfWv+sfAAAA//8DAFBLAwQUAAYACAAAACEAlhcYbddjAABU&#10;8QAAFAAAAGRycy9tZWRpYS9pbWFnZTIuZW1mdJ29rjXbcpbXwY6W5HtYiTM8T8/u2fNHsixLPhwL&#10;CSRLEJCaT8c2sLeRvC0kJCxxFwQExIREXAIhASQQmpQA7oDneavG6F7r22ydfdau6vFTo0b9j9E9&#10;f/H29vYD/45//sdvvb39G/4d//znP317+5t/8vb28ff+4a/f3n7x9o//79vbf/g7b2/879M///u3&#10;397+E/3+8Bdvb//n0xOAv/3tt3/7H3/rjQHe/vu/e3v7L/z7x7/6+39Elz8cTf8nff+Gf+n+9vHr&#10;X/2Jf/897f4uf3/3T37169+7Xrb33/3b//Vf/9vvvK8fy8e//Kf//P33f//9l//gN3/553/9Fx/b&#10;Y1se73/wB+8//fVf/eZPf/yd94U2y8f141+8//KP/9H1489/er9+/LOP99f98rzeP27retnW68eP&#10;E7HcL/u2fvzwfl1ul2XbP24nzOtyuz0n5npdL/eFQRbw19fHhK+3y35fP769H5jXZbvdPq62dISe&#10;ds7R8LdJRiN+eP+L9yd0LNCxbZd1e0Hqddku23WbGGi9Pi7rwrjd5rrul8fjxTz3y/V6/ZgwlG3P&#10;UDZasLrnstFivTjAcqWDS9kv98f2sb2el2W/upRtv+wrmMdCw6sMWpfL9bmfMRB2Y7DtRe/rTptm&#10;8/eIOUqv7hj2y3J/eP+z9+u+X17u1va83PdVFtxrYbd9uTy3TWoer8v6vH2cMPfHZd/BdC/afBlH&#10;7l5v0Hy31WTvc7msD2crDP0GZu7Kdb9Xm+8xy+PyYLuk6H653+XpV8wGWx7Pp216nJ/BMOfr9bJN&#10;z759j5lcHKs42Dgwxyr+7H2FktfjMcXvxwMzhXy9ogAnIf/hfV2vlxfiPBRhRXRWhGqI/YSn2B+Y&#10;Evs5QnNrztHwt4OOyU92Bim63s+Cb79lgf65M+v6urwWaGvMyl5vT1SjBX/CU/AnZlkvj9v2MUYY&#10;IjrmGPBB28DAkebjidtN6/eYQZlyvD6RmuUsa+vrdVnQlKPVwGyvWxST2brN9njS+/qxPpH0x/Vj&#10;uwMjp+sDc/A6YCjeHxim9Whxe1ye+xNN7REG3HPQozEnOu4LFuBMWCG213Z5aB/Xhp9IA2Zpve+X&#10;G7qplA6qbpiaATPHE9ONaR2YwY1tjNDc6Rns8JldsnBbVaYXJgbl1m5PxNSObbtdXus985QGbTes&#10;BDZraBCm+HKTY9gaNPDjgJHX5wtrNzFw6L5C8xihpp1TFEj7z2RpWAZq2PqD1NvyhPYHPNwQWywv&#10;qnRgUNEXItIYJ368aHHFHOyY1gnDbsyWpI4WrxiebesRWpXmHFPZvlIWalGQ5+swelC7rQgNaj6V&#10;bbuhfushvtu+YRiAUTZVacKqKWNB22hxvV6WtLjiGDSJmMawFb+FIcRpXO63/dxjQfwwnpuizBwq&#10;34oxn/ATV8Bz5+gWj0dc13Z7Xh4bm9vG0b1aMcgDpkevdWDYhy+rj6TR/3HDh/b64chzw69PBN0K&#10;sSHYUQktveL0FZ5m2hkd8zTzl1mc+XZ9XvRkPTFRxvO6fvzeHVlBif/qNzZB8PQg+uv7HTWYiCvq&#10;iT3BRmyGJusWxt9gzu2p5S/42/sNfd3jC7oFbHTTbj3AAGsC2jcC/aDfx+g+lHlMMGA6NAkDMygc&#10;A3xewTc0ZifoMG7aIC2L2hEk/X4jdvjyIDgRhD878cdijEIsUEHNxODn910fjJqhTorRLSLqiNeX&#10;olqB0M5q8b0T/va+I5rbziTd4ob1fd7tgajeEQfs3317MCvBH57GhTImHnO7w3N6/gCGmOLmQhDS&#10;jV3CNhmJDIs9mdUWvLi73xy1bPqNqORltMVIRlID7v2mQzcg7ozWuz0OcCNMW9C0McWA6QHDsQ2z&#10;xa5FuaPfPcKEx44PBL7lQqD6IWdWVRLxvqkYxIa7pvixE45qinZ86iq3HyhEYqAdjbjGV6nojIEh&#10;oBXrzBZ/2fFvSPaOW4HUKf0/vu/6t1Nwy6425vCRE9MebkdZds1G8xPWsFsHDK3bFYOHWRgtMI9X&#10;zN3wkfuAp48cmKGX0KGnQTa+x0wvOZoMJ7dv7BeWbmiFhD1Q2AFDGMJ7Xw/MYMgcoRk03eRocFAB&#10;F1G+K55s4H58v2Okl1Ok9MOBaccAhv1Lm+8x7GPtKGYbjdFlfcUcMewY52cw00sPelx4eemJmeZy&#10;rOIwlwMz1qW5HBnEjQ1EPEkOMAwmd1tjCKEHhk1f2eQjMfkOgYG4bzdajJxq+x6zkF0x/jHKV8RK&#10;MkKk9sOg7St8UEZyQzDyQry3JgX6BwZ7eENDTRNY24p5OGHU94m4GoypeZjIDd2cMPbeSIf8bbRY&#10;tTAkfDEYc9Y5Q1NBh0HFZBEhOTGBTmLQD607xkDvevAa1SZknZgryvrUBMQyfUwQyjayCCYaDVjc&#10;g/jwyv5f8acbBmrBrl7R5Qd5AP7swhLp0EZxcpVtZ00PIuFme6hSucnhd/JuODhW8x3m6NSL+w5x&#10;rI0QnkBvNenVTcBoUihYficq2jbdkUndSpZvwjTagPnSy4hrZXkrqesYnZFotWBIB4Z+pLcvxp4k&#10;rQR35CxjnWv2hhSA6OhGzOPcpMqo54G54sBeeIbZ6Yq/2vAtE/GVEpVqRPdTqeAvW882zo3emMp4&#10;fiWbNQwkHmrMqQ3MIRM992rMnH3D3zyIBSfCfCaZw4qPJhRmUY05mijMpyV9oTbhG3ZFyV9xe0/a&#10;Er698MII78rfKwpn/IbEyV79dUJGqd0hhUCjnMULN+7SdwISIsc7cazcvZNA4E4Y4oY9d4gDg2Ld&#10;EVd7PRBf22B1YMIKSdoWJeVG/L/iWvYVTWlYgcfAOc/AoKzpgfQuN5lPWJCQh79oe4N0wAdT55gY&#10;M5unATb5MEHKWLo25opFoUOzB0GIGkIl5YqnCRtz3jQtOPGrk9DnPGeDDIFRIhmfzyFG6jccxJ3a&#10;k8QFPlbVGEKECxpU3ZPNEqluaDmzDdAl1fwDM+hbXyTu6tuXDTZ4uBnrG6JM7bxRrLiHyqGdN4NK&#10;PXC3IVz70kvtZH8ocpwtnS4noeRUAGMuLfcUyxvbZJRzIGB/kuOpnzei+Rf+/tBPcyEi0tlHvw5t&#10;B+IrKUkRqG3dkw6W0/u5HGFXsYhH1U+SIDRgRz+t7axEdDoWI7x7KgpsCAJvOPbAXJKSBSYYwXE+&#10;iMYGhgog2kQLRiCfJwYfMCF5CosDQxk2onZDyDVImmJFecJuDImEgWm3wEHcsfs7yeBqFbGlW6rO&#10;sFQxFpWP2UKZNLozuMIi7VrJuFRYSSXAHmyVQkPPF0VdYjf+izoVGPqgjJU7AOMFHhj4zGqm0DBj&#10;wK2nfmm0YIUvXQEjPOGRsW7B5hg6qokhvXyRuOwbKsaaN4QLGifsDl3ZTXrQwpUhRRdyNagib0Ph&#10;NSYrQiFV5RAKdg64g9sZLYzKlR6C9OVJOoe2kKsBY41Sk/4qForTjp/ZDMunud9pf/3kiyYGZlcM&#10;ZZCdNt9jZsy0Y1ohkSWPuGpiILyiqDnOdxh1/0Xcw3Y1PT+DGc5wLGJq0kCMVbnSX/7RT8jcTxwI&#10;/PTtLz0SWHMkYOJCMAKxD3hJWAPijkZYmqLSnkgP3n/oOhEB1PmxPieE10D20Vs5Tnxi7QKrq+MF&#10;QfCBZBArHLAm8XYfiKsgKsLOPZBNwStuQZuBcjIeSdMTy9oIQ1OkAC28Yjr2ChCRMCuLZ4wruIPB&#10;bHHC4SA3SL9iFawB4wEvVzzGgCWbFsjcwEg3csvE9i1X5vg8B4N/gVRA6xkSRKLMX+IVlGnA0o6B&#10;YJZuIO1y62gifMcrOyLmYYLGUHRkBEwQpWbmKgxDUJB+YsGN0JGm2h18+BmBOWKtCN2V0MeVYMcw&#10;u9JxZedcI5VgYCwJ6gHrTbdlysq2cw6D5cDl956y/6gTiQP7/yAiIIIw1ANaMTfoqjXnlpVv70jR&#10;i74tTE7+Sbp0L1cs1B376SMMvhKHq3AvryjBzZ0EXrAikrQQPHj+8nCNDcMYHBKaNRDG5hvVJweQ&#10;n1ilHRpb6ORjIRQIijwyZWLgFiESjMHYHwOSMe440zGBQ7Ay2DMwbsSdoXKMhbHg5IiatbIFf2CM&#10;PeCbB1CNcVKYkXWyidhAx8zhGZx45SBKOXBZBTsGHMnCRgsyWQph7qE57tU4kR7WN9AiOkCGp21u&#10;D+thTmSMopobxaFCyKRi/bS+iZBA4g0b06DzqTm0Hs89BmI0jJ36BL0WOxlrx6TbHAFmHKanpuBs&#10;JgIEa3B+dSFaRwLRiCDOyH16InJj6xnhizBEQIhwCdRpRSKPKzPTQjYZVgzleifi8GjJSNrqwhjt&#10;qOQTc7Me5JYVRjHSHGBLVtzBAGHVHT2WlnrO8jIZpHmiN3ihg5WRxRqa4zBY43jMZNcNyS8toSiG&#10;+qFEGgXHBvb4BqMuw1mAVRlkAM0xc/f5i4xojEZqaXX+mIxqstZmPke7NdrGrclnNT1MZrmO2eDO&#10;A+FshOxCjnjE9AtO+GqBD/3BsRif4H8x7QxeoP1ZGp50PscGUoal90Op6eYYCOIVp/uyYdlESvN3&#10;lh5zYZX2OhDosraY9S9afFRyV+dxw255QZLAiYm2cj63DKCGlgpL4iO2HBGFo/QgHVl0UJqvynuN&#10;dmOxbEhIdSe2Z02W3929KyLZoN2RVXZsPi/6CQcJz2n+aTmumbREq4qfoODoAsnESfQnBq6TMhlb&#10;sksLjkME4gCJSBgHB2T32AHZ3NpGTPFZG4l0D+20VnBjxpbXK2lPdE9bEtf7YFQiXMy1CGZ7wCII&#10;cgtYASXaG7oz1kflWD4AclIv+2j9ZLaxIPujf1QvPmNeMT9TxyDqofc7tI5cyjxL72cw6Tj8l6bx&#10;wFguRrNPvSY7jTJC/cQUgyNUhMuWW1ki4grLzYcwZwUzE0vVWbeWXT0oUWUxT5ovOOdBQIMsmX2w&#10;DjOfI0of9DHStdCC6GQiWwbCCOOwBAi3PyDmSuwriE5hVVwSbc05wGMDKZu6fjzsM+5MY/7h2e5T&#10;rR3ejUVQP5+wszFCTFn7PzbiBoyZ9cDXfRFUmauI1DDmTg0h/KWwMKVKc4alPEwJy33g/4fUsUaE&#10;hCn159dPHJYUIg/dmykMOaE8x/EljCgMRwpIEA1giv1ZjOp1uEGZjMzABAiXHVYeEER92JPMxV1a&#10;tMc9xdcpOQzFh23pMSKGFTen1o+IwRaPRIXFMU+y1YXBY8dACFnAwAgvITQhQ+pAuLYZMgzEsDdU&#10;YgjwLGU4pyGDpa7yzT0nKmBRa8zAnK5I3o0GuH+cqwtd4OkKjyosHSEDR9wduBbGmhYyp6mQWbgL&#10;h1xkWocI1ryMSWfEQKaEXZObFTEIWzIYEUN3mAGDRCyEmO5/bQ8sWAzpKmDI88MTSc+CDkxpIjtl&#10;byZC8Ik9QCeMGCSX49wjYpBppIBHxCBXH9jAjhjIRDjrdWNBs263ydDiiBi+CoN2QdzNsKYWYWES&#10;lccBjkX4HFvUVK+E1d7nORZBHPQg1ZzPFeJjEQRFTxVmhD0WK5XgGfashj0RLnJJ6m4UVe4aCphh&#10;vXkls93V/IaRDGKLsgGjBSNqpGHvFV2wxzNBuZU8D4e9q7GW9S9fshJ7ccISqlBvn3NKNZdA5GXV&#10;/FgiND0N2MvXUJlBWBNAGGqtuDd2reMF6cPVg28EcmiITlqBOSAVHAvCkqwEBFmvrhN/y5x0x5eW&#10;s55yDMbjIsXwzkwr7jcZWK9/gFYFzUHmc7wUTjsDxtu2KkGOVwKGakkxViWCM1qsSICKgwS6J4aq&#10;7MWh4I04KfjEtIKzzc9kej2kZZusoWAmtZBySgpWJOUVaWX7kEcv/ySLMPPSR08EAsJI8JURFgN5&#10;yHyiyF4fshwy1dUUAYc34vsvkh7h391KNNx8jrAc6TfM0FE0hmi3wvDkzpZwB0wslJTvwJg+QMYY&#10;wRqY3BtzNMxKPEMxt54tsDsatyQg9hjwnGNitLhQMUYYVI45Gq45XpESfCt7y8pIBAxiDBwWQhPH&#10;SFDYO8QUSRPmBhklnhLFlTDbAqPs9ioNAR+aWeamsjZvAz3IdocDY4sMzTlRd0seSHkOJoya0ea7&#10;FUPmeCbJMfc1AiD1qbiOkiPkO4S7ijZiHKm7Oatl5qGLTGmR8tBVb/YhBOM50bqpZ7toOfug+aGs&#10;Hvmfgn3uiqT017oKeVSODHKiq5a7YilbVS3knngciSIQjdhW5KVA0UgfMkIxsth4c0hqa4TAeKUC&#10;G2lk6/ObkVVbGwZctDYFwiGiz6fWrJ8TIeolKhPDzEEqxmdEtqgYaUuisYpsV2LVRGCaFyYzq2H0&#10;iuwd29gAsCJbW9+MTQ7yPeQwIjxhMJ/R7RHZ5uAlZaUDg4mhuHHEsbbZiJ5PGJKAl5gZD6+DmSOw&#10;nYjBTPyXMZiRNs7QE0UObIwNdOx4rrrkeWAsNBhXW0dXvqr0EIzRWoo/NY5tPo+c7SViexEW8yhR&#10;tKcKuvCC7YOIwG4GMx2x/o1hG1GyN9MWxB32GlSzl0j1y/pgIVb3FL51HD3AGtzW9Zg5jaUFX85d&#10;sbRjXRH1GUxbHlbCMNsVTOcARdtmrQhVoiV1XsC2AMzjic2AnRBzE5XvFtZMDTgqmE7FVL/ZwfSE&#10;K5j23OplptyCqgYTqzfo6OguOeZ4DuteanZF0+snTtuaZcB55a6i6RwmtGyKyQlP4u2E0z6u8K8c&#10;qUNoZdCFEU67vi0Gq8JpKborpT3H1zk9K7KoqeB4TEfsT1CPFU+h0dGTO0+E5ftUzDDLnh2ZNDWG&#10;WO5lfaWHIbT/PK7CpiLc9dxYbq7jOZcRn06yMYFN0LFESwsvh/3AROzE8CQhHPEsutnGOBHexeIr&#10;SaLHUGIwejrSE4Y9MxHV22nOIM5TF5NwzkIiIp4FD5h5DE4st3YLRoWJqQJjYu7QLIaZVcwk145i&#10;wYc+mgLS7lkGbljqqwzcCEntMvDs0mVghiwX2jBW11SUIcZuNIYxiCxSB/bwk/AvVfrUgQ8ETgjF&#10;0HZm/4yo3QhmXZKwdRmYWT0YG2VgrKdX7WYZ2MLMC5GfdWCvE3BfJWUFHT4g26HltxJsmWUh+52l&#10;YOsqdwTWdWNnzINPGA8HINKTZEIX23hMxyadMPRSf3GaI/oycnUi3bEh827ZpWEId88cohpgIVJu&#10;9hyZmF3eM2Ovyk23agZVLY7Q8EVkI8YEyKklGgejD4jxwLCam74k5UIEglB2xyKkRG15ADLMHtxF&#10;givTAiixFGsWAR85da8gcsJEBzDWDqMFbLJDzW2t8I7Qp9hqIQFe3Qh76EDaQG0vGK+NhEZkkwBB&#10;QZdiIRwIJobmjUDcHzKMoP+lx8N5s2GC1npQH87+05ygCXwjYBSU7xLCtZcucMEEk/0zBr9nEO2t&#10;N+02cTqxeOBYNvISa0M8FqxF302jG5MiuWuBSg76UoRW4l2USZY9iJGDQdGRIovm95RFe8/g26b5&#10;gE9mTPbAZpqZw0nqGRnznr1CxjzDYcSCWTHtao7CIFQ8h2hlhr1+ccws7D0TYW5D2B4d9zqZLF7d&#10;ZOTaK5RKyUvtm7DKVD1GC2vyjE0gzWVKerAKq+HMYQ47YOagmp7ZR4shkaafzjXhkhtXwQ4rehRX&#10;vU6v4Seg9vyjMYpcKvREjRynMuuAcQxEC44xMPBOQ5jZ3VDsgCNxNJPDnIalE/Fo01wt3Dl6Ikje&#10;jvJ5wXqlCP7AGN73mLfoaNH9dR1S1Q4MDVjxSSeXhsZ6PcyjjYezjR3xNQmr2ejvDrdqZQRnwSzo&#10;uLyJujK0IZ0ptR3QC2hyXfBZhWiboPYtOi7gRZcwYfJids4eowVylZZafEfAaJr+Q9OL6HzA0qQ1&#10;mYhjmWyHQvJl2XTARezxjAyFaYUR0TzVmkA2niB1Zndsqi078YqOTYz733qpamvFvN6hC/ZcY8LY&#10;sh1tZeLRAh1Av2ih7thSd+/fdu8N26MM0WzBnNVP96J+e8VWHX0Qk9AeTKJk8yV0CANkWsa8Rv+e&#10;eXDh6ZgPe+4p1Rhd1rCBbuSgSD7ELpSWyw956oQosx20TZJeGCZUZGOz4a6ZpqYyhgBna0tNqcbf&#10;DDDRsdZWq9UIwRwbsIa7Xmt0yHFH7N+XDSzvg0TFrmM96jClEWzHXSaY8ink0KMKGUvllLxhmcca&#10;ZNNsgXnR9QITRIcQ405AD5bsgBty37QMxAdym0lMpmGHRRmfLEazcQPitVhy3J2LvNtS4SmEHWsZ&#10;KqlMGXCWxZzGIh7gIjtPqEB4iW5TxiFjuzMUVIBZPHHI6YQIDhxi1Lz/jJs8YzAfqJcYhIEJaard&#10;dhSsqlEF4VHqjYwWr010lGQ+g/kc5S+LTmbHiqHNcC4xMjulDCDw3gnP+Y+hxRAv7/Kq1IfAM/hD&#10;fzlbIAQG0CxXXUtd3w5TAKGCO4wTc1qa2mTRx0Mftw8WY4+AP3MQnpLopLLvE8iBp8RA1mjTFowl&#10;Xt9EMTI0pjxgeJ9Q8MAwlro9R3B/hcccBTur++aYowXeIdHnGGHAYw5PHqpFUXGMUHQfcxRcc3ih&#10;yUuyHti6MmRWhpoEqBZQQT4EXNGFcwyr1tEGCdtDPz1akLltbhqK7r0Us53dor8KRZTLrMhfji8a&#10;oywhgLFAOAYNCKlvJQ14FmErNaGCmJ12jsEaEx1ggSiiOQZ2NRpOUq7Vs5ASaWvraZaXqLdgx2AX&#10;WeKQJRPquDfYaN2TpSbLOoSJZJQ7VWdhymGNAtfCBKFe8J3CxBQ5g211/J7lKSeYNcX2VaBIuchr&#10;GN5vgImGjiyP/D03CA7lQYQ8G1V7XBcNsjO9HE9ClhjjsV6PEnIwN1qQzi2xrOWBPClYrZxihcwl&#10;SJVNG1XMxlDZIPVMksaCPdXyZcZcs24D5RxrImXkBzvkGOi/dMyleLTkWcEZg8uF49OdeoiR4s0J&#10;g+YbU3Ox09BMUrDU2oIDQyb5SvY5nPA8DkKcqcDa6wuvw3/TCoMkb4JjfuE/AYgnkJq7umZ2YLA4&#10;tGEkwzSVh+S9MQR2LxO6Hoc2X0bObERBORCEqQY/zgZT3chC2I3pw/fy08S/xOUMDJdvXsocNe+G&#10;4TLZbKpmswUaQ3vIR4s9rhGq8W0d2CIp+y9kbZLgwXezHSqH1gYqKDDNWamXV1VhLzW4dsyEBhDD&#10;YeHVFjcNYBuBvBdrAN2wUzJGzEIZEs+XltxawBh4fjJgSH4mWDkw6CVBh4X71OSH+JrAG3I17Byq&#10;uOJaIi8bY9lLob3vfma8HZA7ra+2yo1guyq1EnZbtAf6dyjNmhTtacjCdHM1HP3ShxHwQ79szIKb&#10;lKKk3Jng83RVRiL0or38qxcCvMxJZD8Q1AzgD+oziMcS4Gy8ICh5voNkzcWAUtgirZ6Fp4oIcdSs&#10;QvCGf0riswrhQaThISbL62iAowKhs3ohCUcFwuJhBQZUrNTCA0EahgbQHfODDkOfZgQ6zhgTMN0k&#10;e69/R0+9LRNdzOFDr0jdBIbmKvWOBvCgzouxdOwIK7QCMVaEUc1BAizoRcskpmJno1rmfpqGCGoz&#10;DcvGjg2uMgRUn3ciQSMCY7QxBsE9uk844YExgTG9dZyHK5kw+hDuHxj4pG2aI7QGzTkKhpKkmI7Z&#10;LZBir6l4PpcRJjznmJimYo6AXXHxc46CmUNZITyMrhOOuDL2HEfqAVzdrFOClSMcLUrAFM+IVUCp&#10;dN+V8H6OrrilplO6MnJvBGpFOrzcYnvTeFbVGLYI/U11PCfNSAUj5bKxaTu0VYkBCoCtsTIGFiC3&#10;lZETw2hlzSSgnN9uQqyN0EMjIoopXXOlsECpYP/MPvo5+u9hmLIv2/Fm/DcVjCqKEFsnuAtCgrGm&#10;LEYfZ/XfeoIuyRP7RPGyTpahWPfKt76wOUJl1SWsgcTcehoIuhvKmCTgeCdnyRE8lGxGswbiEd4z&#10;HAh9gh8hkfNVPrSCgojiZX0HwQ7WLBRjj+rqXpeFKUUKI0zMxNpSg6s27PUnDBtdip080V6YcgTS&#10;XlZU7MXKdWDYHE/nkLd74ngKBtouhIcXqyUF/bCAJ5OfsI4hGOyhwUNhE0IDs7XylLdPK20XxAew&#10;b47Qz5E33Yn1gGM/cdu+797b69JNdQacgpest+yO1k4Yqal6BFxYtBpMp6FRLVQDxLYxqT7pgaEv&#10;kanVqMBGuUXgganajFm0IxgXq4zKmSNgxdhmiTSBVNBJRXEw8pXRpcM9VI7jFHWSaFUKs67T5wU7&#10;BkvSSIwW+naNMEvjzXuWOmCFObNODDG2RoI5NC9zpV94wRzkP7y1Qgu8JhIBd0jQfHFjYKCc0Mfs&#10;z+0kd8B5ojMEsPLLUx7zChV2wIyKa/Qod2CSXpMvqGV3nbnpduCa1R4DAxcgHNA3vuauAj9keMLb&#10;bAkp3k56o+3BSEMlIZuXbDV/hBmEcAiuVLUxY1n7oYHOiJyb1/VzIgA3OxtmlDNgSPYNADpMDGIq&#10;G4gHkla13XHNhq7TLhEn+Y2JYZe8aRg1gWNfuC41Jv3sQ2s8+0B7K3MDY0hsJD+lITm48jLNsQEJ&#10;VSmXYN3VncOQs/1aVGt0ngGriMOsfJkUMkwV7YAcs8NQ4R0LyTJ+ZCkG44LlIMimtNCHGeNg7plY&#10;tp/TS7NF79T0kznJY0hmKcw3MWZC2caBoY9vB/FmAHNAUk9pxoeAHFNyxugt+PnczKR05qG56kz7&#10;xCXqCU9t7+G0fDOGRckluEMYglcTjgWpHFS+D4NCElrGuJ+TgWFp1OvUTJKz2p5QuyQVZqrGmJsF&#10;CStRTfmbiMtTS4lMQaMliSoMdn0IjlxSGyZCAg0DFaycNALvZMVVj0iJDqa1LPv2PTPC1Wc2FtuJ&#10;Fph8KyjuNjxm27zxMrb9OzmIj4NYL18pPBaUTGgJChNEF4ZpFJ/oNRteFSXDPLWS8JPkm6mwVSa4&#10;vVT+cJg9QKJ3mIQ1HQgNqhf3RecFSRLPsNKtUoA0EN6c01qJIY3p/9JaPRham+PBaWyRykCgIScY&#10;8ZnSfTpoeHthDMGp6ad1ifAWcAKpVLkkzBLnCaNpkj24YUiUEHN5xz0wFnMUXuauYtlkKsuGcbLw&#10;M5uTXRKkeNPHlBHTIeuJG61B5I6Zc02YwlFqe0aze/z2xBDavBTUHoVeX8atuczIWMd0CGY43vsb&#10;GPuZk7H4dgjqHqsFLoegvlf6UTDbhPKY580W6FqShfIHql7A4Q4mIt5A6BUKyseXnCKuTqOKuVgP&#10;N9XpOIORuw5nYANPD9tKuPB4+DIqDMDePzXOhYgFHd4bZzDh6QwOTDkDZ06FtORaCp8ptSEmSbfZ&#10;ct6jnXINB9EGhJApPzNcYjCrJzNtDlu1gmG43RJXW5FCVqNra4vW7CY4C5XxBOmpIdfIqUHQU38r&#10;wvw6ZxLZD7jKv3xUT/t4+l4e4esNPvtmoQYIN2E5HGflt1FI3PCNpOUsYbRIHYIw2ue+64OFocVO&#10;mDkw5xHyNhChjOo7ntuDjJIlDMwZ1hqeHu9RbOOnJ+TZwQbE2FYhBEMjsEd1g0ZmIFzydEhMSpbA&#10;hhR+KOVp4EosbJFL2DKuPYhcRRD6JljGkGI5qD0T/7DbRprssS+0Pus8E4zx+sDYYsBJoydMrMXU&#10;TDHHIMfQB1MIsVrnHLm5AOyLv9LgW5gSdWByfeUE7xgAn2v27SFsD+11LdwzpMSqxLWT1RVy7xhx&#10;j5DtkBhcxNNIdIAopB70AIlAurnvy+dN0z5R9kDcz8NwRYUOegVesQU2vnACOIr799VfP+VjMdYT&#10;WV6KwYE5I47DATHufdBWuynGt/zt8GBLfg5+YqucgpM/GGYLMU7pR7iOHsZvvn1cdrOIMj/OG7Yd&#10;wisHwrxWnhEsvglXeMOQvokRhPLgOjMFe9kdakoDoqTUtCjOIHoGwsB6XT+1g3+Q5o2AXlCXX6vw&#10;qpgYFDCnJIjqBNE3NjRf3SGCsP3gEyMhiAejzd4kEVIQVXv4XZ5adRGJqLKdk7Op1Uoi5SPGJrpG&#10;AGuOUryBUTVJCWaLM7wQnzDHbGEV4DwmEoc/G7rrG9deNDn3MLCgR9skWxRswu5eFNX2IEzKZsAT&#10;hRYY/5AWeb/SWinrs4dw9XiyIm5zxP94zGvpwRY1gvGvu4G9gMv2wMNnu+ByjglJ/zDEo0UOirEg&#10;A7YHgb/cg9/eOU/1lXDFDYwAeJyWDZ2qQVD/IoJRmVSv3MuCXpUxB8FULk0DVN42hNYyEbeBMUe2&#10;BnaG8ZiBH1hYqcKRNsYxznBZZ/SfMG4YiFq5120GxpV6eH6GIfpkbGG3zJ3G9uQybknAPjsZvwcW&#10;4UWpeV+JDdHvKM36HRExXMAoWmCkN88JVoX179CJBqk5YnxvTPnXzQAu0Cfo62p+wkuhtgO6SvAl&#10;xoxeJ/BiS7l1grNQgUgHtOjAmDg7gEDOgvBIJDDctYE7LIyGBS7pB1Or0KRLNUZOmjBAOSGwNiMF&#10;PE40oX02IBTjRz48LtIOC/vaSo6PcLN8kQTvUvYUYSdCEuOLebYgqi04CmcAWj0s/rsMI/HqgSQU&#10;iItggFTbfExAU3DZCTE1JF8dqh7dITaex1judCjLZRoTmPCV5oQMCgwTmHsKG1EJL3VPRAwJdTBZ&#10;A7Du2BYxXcDUdQK3NQXDfxXGvTrB2W3h7sEeumo8IcGCH2x7UVMRtrYibNYobIFduF4SEIP9FREL&#10;D2REIOgLRzw1BRP2Y5g1g8memDpGtEgrn4VlGzAtMwKibQ8xYwo5c4Lj6oRdBTS1ycYvy2qIYCg7&#10;PHCegY3OgH3rQ9gwpaawYBRM3Ct2NiIIUSojPfRwPvdFturhN0aDyfZhfZoI03Y68IWHfjymyEd0&#10;HaI7uO81pGpBpGmsxHO/FlVTLJopMKhtoql8opl8188oGBl5tEChiL2JlIMpbmPqjZWoHdrSFm6e&#10;pURJZtdRUGYQERkUgwwK9/MAd/LCNGft1fyOKAbDPtBaGRBMQUg48geco5a00OrZQoJpEGFSyAqE&#10;yjyFvJ4gcG7V0dyvGfg8R8nC2UZgWF3t/T5iWoRDtNCm2gNtdsIydkrx7IEDtYVj2yLGDBBWBow0&#10;I8aoWE0Ru06HXAuyQ6ybcHWIlQCsWNIGxeSYJkC+7ZcJzeCdgS/BFEysWDNwfb4wDGULrwtKYi7h&#10;CcfAQuNoH8sjzcXGMmXAtYelX4DJDh3QAky4oo4KNwm+uC+89ISwpCgyErCDrxlUgyE4tY9RjrMc&#10;edCUDiw2HeB3YGvXzoDaCHvKUFNYD4lkqpK0MKhHUONkAEMxZY8KuEVIUZX4bG71M7DGVThejecY&#10;k5rAzxylhW6KFl44FvavsKfgwt6IqB6+dy3m2WxJvgT8QqjsYYqiOi7YBHuQgMaJoKB6X+GwARhq&#10;AxM9RIHRpOphEVOMZTpb+K0H4XvmNGaRLZhbtqR6+NWKYBQOGjQRuVoWWKLp0DqHVWgL7WmhPYYF&#10;128HbkNVB6JihhvRwQP6AXSdBjWPgmM29HyxfbTwswS2SNwv3K7KZWPJlgQdVjeG7TO6sMM9+RIt&#10;wgbg0SP+HLjSY8eICIJJSCDcI6i3Pg+jeM72wigxiY1IUr2nKdxE+WKUsALDU2as9p4BidGL+pzz&#10;jMDe8ggckSITJaStHgb4RhkJbu3RIHwOpKLztLZODEYkGHxgWlCBE87dK57LRCC8d41v4CBmS3bE&#10;82iRxa6iMA6DoAcX3R1qRquOFM8cMXw1/641+AUUR0xMmedFAbo4hoh41Y2rjBDvTLDWXLtFxIm9&#10;+FuTKrqO+eg5PNoMXJ6STxMHfJJdVIc9FpDqXeIivHG0gpQO52OIsMDghJxlsKLZBKDqKST76k6e&#10;JmTR2RcIM2p4EzYb1D1DXHd3qGtL8CSKz/RlGhgynwJlBbkCosBHwK0yVXxh6uGI3gevOagu1RyJ&#10;tBiTxdlCbZRIb0WGSGSuucSeiEGFfB6NAEqqDZx9MmmtoBmmhM+E4/pGlx2bbMJbTDLxME73BUtn&#10;wD1kBita1cLoxxZ1y18n614foT+YcMZkQXkC7tg/N+aAjbftocGrObxQjA3GY7hOQ9aCTY8SFGdE&#10;rHf3INLI5mrP5SUwsusIuY4kLFGAqLVTePtR1rEJhiAkIFGqOv0xgRGkXm+gYntsrK6Bmv0CI8yc&#10;PdG2Rd6mBq662exBYlW1ucKYKfuKyBhz5MHCBqTMkTFcJqbTNWCkY3NxGSERbhxZWBIzxlxaCM2E&#10;rQgqp26HhQtEIGOWyOTyIbAvNPicRfasTzxRMAqJI2g9TF5roc9E5kgtCy4yTeHUPKtLdqgEBIti&#10;rdXCRFSJrAgFLOb5jog96sot3qR1dyGosYcXhvO8TlTBeMYRK5lyCezPCFpuJZuiYlvNfj0FTL5o&#10;jl3NW5AWouIUcRbJKIgFEoFp68vuGTEpAlBlQMMI+ZQ3cK7YQwP3K/P8gW7UOqzs2cP3D2qljuAB&#10;gUJUBRhh35ysHpUjoLFKLrwqH4WZMSaSd9lTNLIkGYxfFXGMp36TLa4oCg3VdX/Z8srPceNorUWY&#10;jVjMBJ0UBP6IWZKpGv0XGLUmUsAlWFF5tFqnojqKMOqP9xtnyQXYD3kLe2ruyqiso8UDI8wdiJ+F&#10;Ldp87uER0Jyji0tnmvW99jjWVd74gC1HnZ+77vDCAxikmSqMn9GHFSB8gdQ6TYTvBHs35F/RwlMu&#10;W1Stx3sRr9SwyuP5Ski+AUi9iU+FShhXFRDNLLa+EYaoEMP4Ve3FjAcz6qfircT5HcRaSm0ISpNb&#10;rV1w5MSChpEkgnHeEcDgRHKQAyXHzyHqvUYVDdCQdtbE6NCXJaj8eCmXymiZ2dHD4wrcjILj2YDP&#10;vdYOTWC0SAMj7NnAGfa8QfhRic+pRUz5hI85agTUd9gKzSRZIQwzMujyMEegxk+a3RQ5OenrTIm6&#10;T2rWuUQmK6n7wEIlOfeYh2S21MjaljwwSoFSkSmPDgZmDtBpBp6JreP/3Sqv0aBvlpu5uwD8SX7K&#10;yhq8YRIp3Kv+WlmMiiauMWM3xmHAUYVjeZWedYUyH3/XZo5CH362wCem1Kf3yv+oHcYwjDMQ4Lsl&#10;Fc5INAfek3wZLPDccpi7yWV2ZHCckgh7GDzGHBVPYaasDqyeBrUsaSoisDwIt4s8Lzus8D2HeGYt&#10;edTLdxcaU+fwsD2ZqfYKHTWZ05zNcEBExQuWBj0k11ZpZ5F941WsK3NDF9mzmQRduXMITIWisjIw&#10;j5RauzqEW/cym6c7cXLAOn9AXz5mqSD8iOE8/pkwU7GPfuXHUoeHOxFbnitKts/xkNQbXgDnMjGw&#10;ZlC4v6+HuU7I0hiv4RuDAypkp6f2lyIUIrsFk000mNGLKFKQyz7AdyyzsFfWag18fLMxuEBa+G5V&#10;tWhYB5ceMdFzFY5RLWpV1jtl7Fgl7gxBcA6LrSUSHmp58d8IlVV4juZO+VqvO2G9ww6YzAguxid7&#10;R5obogivsneYVrMhegjbA3umf/MVAQ0ZlzAUF6Igb7H5ITFfxVcYrCzTYWBoYVr4/wc58e/2XtMY&#10;I3ghicuLgXPdnhdL3HOfi3cG7GBcrkGFNBg269aRGpSTG0EePzVIe84G+PZHEA+rdNw4yg86yE/C&#10;bc8SKrBANytZ8G53h9HWJQQj8TQw5AJOlW/qCFeKkutgDswMuIblW08qkVdk8vZpx2gdnvo+qhRj&#10;JVRdwYwI3GcVYQEgS3cJ7kLa50UjwKWjwnzRhDtWrNzhjJ5pD0IxTOTjCoDNFYXdb41L1YSNnSqs&#10;dDH2QIW0A5gjXmAPjDJrv7zOYgHB3+pwCi2eOy9zHJIANGmrQqc5UjKkGRhdtEdpr5UTvyeowfJL&#10;ZZZ77rGq7ENqZlr+cqqMna0kJjcE8V4+zsXfBfHtfr2sr+oEbjssxmXQAurSIlmlsOtQAdwaYBgj&#10;VWCycGZFDp3DL6HZQoMXWN5iJ8mj7AAREXkPlthdHXk6cChXNN5UMVdVGkGD2gwsKbTZwQ+IyAcu&#10;awd+JS0kROsYHx1IVoB6qvlyKmWMolU44snMmBBpAoFZymbop4XDGFgaGoEjwViCCiBpkR95Y3vM&#10;g+1xS3YLsYacwF6gdsS6Q5TtC9kSQwP2/xyOIzDe21LEjCkk6oTR2ARuIYxM+bzhMjaMqTlziGw3&#10;Rjk0ILURGA9fawoNolPQoTGpYs0pEEYi7EhxRArxxRoVUWCZA4z5MD14dy2wH74L7O6jSr0XNJBI&#10;EO4dUCmiH4YSTPUQl8wgRdBzNG+9UWPtbv4mwUMRPaywB3rSfIvxAI5JVhENNYFHCctvYVePJfJi&#10;C2lSZUtVXxaEgL0UEFXuOfAL0QJa8tcWhq1p0aHDHTGR8R6MOYcCVVtR8StwDpVoYcHH53poe0B9&#10;9+iKzmI6nDl6hJZhvwOaHmMK37USoaVJh5zwAOv+HAAzkOdVehUT5aYFkpgWCVbMZGUVC3dzLJXV&#10;ZsuJGkJFSYOSn3xowPadMY6jbBhk7MIQprE0kKMBsS+Bh4zjgWrVfkHdFjtzZ7dqkR5oB4zrsS5W&#10;EgvDWqZ9ycAW8a8M0P0JkDOevzxXu+2laWfwA/h2qHIhIo59FfaacwQa51Q9fMckmCiBRr6E1sya&#10;Dl7IjUTDxeqQo3CENN8UpIXZoy18u90e92yd7qmWDSbGHQ3V59oiRKKP2UvmiI1UoWsr4IDhED4x&#10;N7w0HyEbn0kLFaMK2NOpikmhozBEnipfYlWC6jYofnZfT2+RAafmx2zi+NvyegpTnj9HYbTwtp+x&#10;hGVje/gd5sQWDCwrDFWrhzokWfl5N6ZIJR7YH7I4xccs3ddDgjE4EI42MhKulnxV5mRPWWo1yLUw&#10;OKGDqQa+v+gQVTNgS8Nd4FQdBmxNZGyYy2DBxhcSlWVBpMkqsDfOfW6A5LLgpRF4Y4STnvwM7EvF&#10;9PAqOasi7POnWr147UsHCfI1m94r12IcgSKBXuK4EVEDk4nSAndhyDEDQSwHJpspfMNQ9aNFonau&#10;pueUg4i4PjbToaaWukJLzygckrhKW41P9pcyTLJyHwuXmxOqLiYwRWNmMUEvznKELSb8a4iAR8ph&#10;J2YS5dciZmpI+JlDjCZSsinJaTzNb3QJXBc3+OogO9FkOEccgUbLSlyoUQst6j17huygu2DSIJ1Y&#10;P7fHgXma5ALniHPwFthlF2dtD+81M40R9gWYM+y7WwOuHn7OZGDsMeB8AAr4rpwzYu8Wy9Q3DIzL&#10;VtiEk2wAe+NhwDVHfgiR/cw1v09UuyY+tPWpvedE0oRJNMujRfEFWnQIwMWFko/i08PcYEjM5ENL&#10;0OTD0WNwpvT4WDerYXUIBNmCmYwCkUoz2500jeRCl8A7CQYGQ4IggnTEWHpghHO6jBR6TUiYdQ4R&#10;rA7u+8CcGuRwmfbjsbAdKgXyKlMuDrbyCefIEZm1kkQ9rH4GR13zKHxghFUY4VwknAMcPXSFllWo&#10;gOm46KE2e7Ewn0oHVpsHLFEHxns6ZzhXEU/Pqxh1QvgVTzsUkahHwzLcKYRriq8tBhH+HIjaO8ZA&#10;mFQUOGHgbHVoQQGGNgv3BcjBq0I4gPnraHCGTYQlogyClxPzaRKslEcswslzMCAeUgr3eRstfDtV&#10;jOGKr9xo10aLM9zXGU8t8nodsM7QHgP2MygDlqrvW3ztMebso3R6eJ933pgDrnUgPHDAEQfcdyZZ&#10;mUbS0pvHrZrKgquoLHzHpY8ytlTpX6F7lPaA0YCfAft2IrzNb8ZQqTW8QixxY976y8HpVCzWWm4M&#10;jJn/uHWp5miCz3BU7eiAnSdMtUFdG6zawAFDINGYcJ8oo/6e/IqpF9rZvEglvhW8Zs9vrUqkl+1Z&#10;dJtOK+sW54fZmqumOOA9GmHiBDok+ZZLHJMljDGslU1VffaQwRvcwp7y2wOjYwezN6ScsNTvTAjn&#10;VRy8ucVH3rVD+isENL+3B47CwpAvimHF8jM4es42rcLe7XAVJKUI/NECmxOiqoXvqpkAnHtQdiGI&#10;mj1YlhdQhPPJPAMh3Jo0jFSb/aWWKCaXCllWLo6yDt9+saDtEdxYpwunRmwHXK2xVR/YyBmP2HME&#10;5OYA3yq89lCoMflNvBPsNTmDrR6yqJK1ud46KtzwtjaDfe7kCdmQqA5cqb141OovotpAxhWjDFcT&#10;17TXscWmWCNSnmhPRnWBStjvncp86jdZeGEMMbJbtZ+CvokJ32w8lMDdt8SBR/KnWHyqp/BLkDLM&#10;n2Gx9YGp1lQEkJHPrZEnHKytSwOH2GAd4wWAFaxpbnsD7WCAf9r04VkGOzt8knveFimCDKjE+DOq&#10;Tmke46lFR2REu5hNGyw4YqfQu7WoaqdiXZtGRxx2iFjFmL3DQsUsVAP7JR9H8DVPe3hUC6K3cA5p&#10;XVqDTXRMXO3pTv8mxsCM45wTnM8unGCi0UxRVNNBxFgE4F3BpX38FHB/Tu+EyTdIJ4xOFEnVweP8&#10;mqD9r28NmtMPV+grNO1Ow0bfoqpiCZyOj+ftHbN9eyQq8GVu0+n5HJVn+fKpovydF2v8ZRdhX96s&#10;X9cKqL3m1Rzf3q69NXL3N2L5SB0NOnDhhC7fi0JUc03fV5fxE/bAxpH6+POuOVoeM3ptIQ68/bN3&#10;f2uKdmOcROUVvXYxHFTlAxfsNfaMQjsWMZnPiPixLX6IwQo4y/jgwidMYEnUt3Tb1MIwKRFQi+iS&#10;hP3Kr1OQBWv4MLL5OpdJF1K2kymaEbKG3CmwA3xQYMmZvGOwU3RF5AtEJwvMlyXyykXB/NYpltcS&#10;AtuBd/GEBROT0/ITBgvp5Rck1VfK4oVwEZylpxaHSViQCouUXiCpnagaEXxkjxIvdDkPPQCGQaeD&#10;IV9kWj6g/WPhDSYO2FjJoNgXq+A+OU4vwVfbRLjkLFFQcxMQT+2bb4mJzK/hlS9rwUyyBXnk55Z8&#10;GeuhFTDfpsV4e+7gqi98GYHJd1XE9wP9zRFhb3bkOxS4NjfODyQxB0eBbqkY98F38TlcBLYIKgxb&#10;sbduva8pVg/cdjBWtY4xNbi+gchprcYSn+FXulwHK1IDEDAv4IRunfuESVadUgP+/1j7EvgoijTe&#10;EWaqqrvnDjOZoycORyCcCZBwn0I4wyFBzlUIEG6IciguiKAuriKi4roKLHKpUdhlWRRWRPGCBTzA&#10;qKgsnhxiBMQgIMjx/l/NdIJDpvMe+5rfn+o6+qvvqq+qq3s65BwkOD2+NUpIVfRjVsrjA70gANVh&#10;gF/dBVRD96ggicfiaEErDTgcpjL6SC0xKZnGCJBBu1xuPIql17RJbtrKhA9iIY1fViJPzzWMPMlN&#10;Kw8iabSoyMvvK1xVL12cSNAfzMFvsHD/TMqHWxGLGCqI/pSllzkoTx+qpB4qLqASysd4iLWo4KDi&#10;CliFlmKgQe9YUwv6ggKelpOY9FNF+jiHwTJ1QeFeFoBHytE2Kl0ubU9LDNIBbZFTpKkgQAsZ4pnW&#10;FHQ9FgDwAeqPNrvwvqj0zJiWyI+ohGIRtYjl6VEA+ZNxBfwOBor1QTvaFM3IckYXyNJ7T5Snx0r4&#10;7jZEk95hSIUXFGgjilrQW4X05wzp0RRJJcXAKw30W2fqgiYx6gLqgmtSXv52Cl5B7+pRnjwWTkOb&#10;qrELZAGGESiU64kGJAYBtacwRn/Wkb6vFLtAUsQ0EfseT2wfjv6MN6SkD2dgyYsLMLrktiyVUKCM&#10;v/pAn4vC3/yUs6f8VAC9EEtDpvxFBvoDEfQgxJjh6Q800DtpxoKI/qCEXGrGlrtgCQX0MryxzpN/&#10;UEKuGWABGoXy/Q4iQF4WEyLONEroSTG1oO810yKdngyX81z+gkw5zfitAH0yhF7oofslOFK5npGF&#10;DqWeKBCBqfhtHl1A/hO/Z6u4HmMMo5EUiwWN3HxCxIJCKnhACIDCKniE3EYPkiKklAMfo03ezMTu&#10;4itYgv/JJy7UZ3O594S4JaXE7EkvNdIGGQZH3DmM/bOYrcmbjA0U8j8aZcYWjDEIKzZ1jIFNJTRx&#10;G8GnPI+QKV+YLt84oiAa22iibSLK0TxM7WnTj6IbhVojD54wNdALMMRD7KfG8hEg3nqQf0GYVlDy&#10;+lge7WmVBmeg9vI7R/QCDdyxXCb4HX1ch/Kxn3HIn03LDTjwQIrHSpNezCYe6B1Q+sE/eS5tyMV+&#10;SRQriRXA5DILJ5AN4CMyj8EUy0tbg4R89Qwk6KUIahF7Uo+5iKIb8rRAkXt+uM0iMVAiN5roeSkU&#10;i7x8OgYKNPfSz5bphpSuoD0cuoIEJlXSHo1sQBOhzMKmVE0vqMsn97QmoAK5e4oFInk0LaClXmgB&#10;KbM59PwGr3HQ64HUHiamh4r0DiVFTMrTKoPyICzztO1Mebm2pxJ6z4reDsCWgsxKDjCepdpQjYby&#10;lUoMcOoC/kZqwIY8vVNKeZzH9qkx4ClPQVpurstbYWxAgD3YBqs0utukfI58th4LR3RF7N1mhAy5&#10;7KUS+kEmLY4ocNGPznPkegtTuVxYYPIDN7S2yopFQEQ+upPH15zk3ExzNH24n1Zo9AMhmtPppWVj&#10;xYa/uUyCVxTgj0LHCsoXTLS6kv/w24xJcHGMT1oEwPnphWD6UgGYo8CPEml9zJcUt67N010TaY4W&#10;M4hntDInVeM6+nkU5WMf/qDtC8rTdCH9iz74RquCeAkt4iAwrYcgnvwOEfL0AiX9JWL50SRao9Hq&#10;KJ5HpyhBiJBX0D2vXNXRJkH5FbQnRvUwq3QhdEZ/XJAK6K15ueyTJGmrA1nadkEtTf2x5RVu7mir&#10;LF5CYuF1PpnPIZ+9Kk9Pb4klKIyWMjQ70eIHefoFGeXpjfQ7ZQt6sGqUUAupmViDq7IVFGU9JiUY&#10;mfRkdAGvxgAjrmOapHUWdYmZAm4hZ0S5+qYrYmzTihNuTSGQ1hp0u0d5WsLRzhrNobErYG/6VCyV&#10;ZFMIKm+BsS3nL8MfDM0a9pd5isoxd0EEo3Bj1May5C4VDehZBOVj/cX8Q4Z1WjbQ3k3Mv2KbU0aJ&#10;XOzQLjda0Ca9nBnothx5ui2iLsimVILAJVcmBgU4jVzBkYXI2jQ1S9thtqGn8nQ7iQdMoEmOR9aH&#10;+uAFlKdYj11wespOXcRWBFSAhaBkIkbSyBtSIZxAi3QFpgs4Tg5SeuGcLEFbAUioQbnxURpbLYGV&#10;2LiJlZCtY2MCb0hKS2J84blIBUukMckjvAr3j3I9T1tWhgzw/Oa0mAEhelwClmilRYsX6oqGBNYH&#10;VzU3fCkWGai5MSRiJcQyfeKaOpCx6PehhG7kCqeOmT5jWmHBFDorGjVRbY7YQ2m7dmpm/2lFo/ML&#10;Z0SHZ/bv2i16q5qZO2tG9/wZBTMKo1TdPR9hDM0HxP7Gc4487dABf/+5aHLRtPzbC0bH2nWZ3jLa&#10;wqhEfbynVlf11G3m1NEzJhRNHXj37YXRbDWza9GUgglTo8Nxn4luBxRMHVcoM7iEbjslUJFXOHXc&#10;jPH4u9xqZrcJk2cUTotmdpsM9roWji4aU6iir5hwDrXHQy+16G/pnGK7tcufVl9cvnxYk3mW6pa6&#10;/7TOvVYFxCupYHhmfuHtBdMKiLFo5k2TC0ZPimZ2LbxzwujCLn2G9o6SAANuNcQhTRiKk2JUaEvN&#10;zO8cHVsweXohzvpE6a1KNbNff6Oo6HbjrF//PtGmauZN3ZtRR2MLZk6eoWbe0mXA1dkeA6+qG3h1&#10;VYVqyRT/j7zMmDYT3IGV2Mn/L07IUr/npH/BOHTUv2Ba4dQZ0ZakQhi4cHrRzGmjC6dHyf1Q0KVo&#10;6gzUT4/iSynIV0iGr6eU08uHIq6qakqTptFX35lTppPHUPsBcN0KCtSl0SpmJ+JouprZe8IYXEIM&#10;w6jgYCb4gzH6FI6ZUHBT0SyilhVtiV7ws7qrCWK+qKDYBWOJ/KUrDZKMrm3w+1usdxAy8YpHs5YN&#10;s5rWy8qqVx9Ui8ZU1QSjb8zM0fDpjP75fYumTSmYPOGPhdOajJ1WMKXwrqJpk+pfJRQmiAoeYlJ1&#10;KZhRMLloHKka4hmapkxewajCydPxsU8S9Sois6YVyp2d5mpW+RHFq2GYVMdGY2V4VwSBRNZGp8bL&#10;kMMd7+/LcGeBdWJiGX3/N7GsFTY0Esvog/UJZfhKO1yDjvJ+8ZYbloMJZfiLUIn8NccHJjA46ai4&#10;FiuHa8vomXR5uxnTCiZMLpwmA2E+NI/Xx+GoRUVwiphTZvacOrYIH8+UWszs2TU6vF3zQtxW4Ree&#10;LVqMbT6mAD/ezmrZelROQWGLMVhY5eQUdKi6hfSs6TMKps2Q5sCv9FrnqOnpuf26qRaPxWKxAwJQ&#10;ATdgHApO3MCvdSyW2TVj7ShvHBpO3MCB6hbLPYAf50QrAHjj5zcg9cXPrUgdgBswjt44ccczNqRt&#10;AeIlDLgB4xiKk0ZGBumV+EE0Y8f9NS3pBIulHQqIRheA+CG69QDii/i5+kBz2YbKU+Ln1ZAm8qGC&#10;yBzNYiE+MgDjMPiA+BbVNkdTbX3tk4AhyGcbjZAa7RjON6H+S1sGcEj70rZG24TrJgFEG6ouP4xr&#10;iJ8Y7Tlae5yTbIZ+RkIBpTCc2bUjraVqga1UNeMpxErVRayntogdAXrZh7On7IxttxPdVoBxGDxx&#10;FDh5tvMmlu0cZfvGrkpkO0daCaWqwadhiw5oHwBmArWh7G1IZyM19I/sPOO8KlukQQGr4zIn03Ga&#10;WK0+L64og5QrylacU55g8GXobxYEMfTXH0wYhyEn+essXqqOVghztNqC0MHeXCHss9cWhDWO0Qoh&#10;2zkLOqH2Rj+J8v8H9DQIeAHp9cr/KWSvyhc/Vedon6p97d01c19cjPqtWgZwSNuqrdEWa3O07oCZ&#10;P8VoX+uLDcCXoctkftxALVU7aea+eB71E+09tYn2I8B8+3ntG3sngHhqBBiHYSMMAcun6jf2T9Vs&#10;ZwOJ5Pp3Qffkf72B69X/MWeFnBkGM0gNfigWHHOWqk+4JExjwROuXQ63K8/Z3pnnnOjIcx6z73Ic&#10;s5dKWZPStpeqSxyE86a0lzgmOj52rHd0cK53vAAcQw/HnOcl7WglfEMlku9kvjskrrtnkd4DGOMV&#10;l/1fj12Px2LZaTePox7PTrvHs8ZxBzAExJON8bdQ/7NnFtAcOGF/C9fdAZj5boz2TrshoxEHiK+q&#10;xpTHM0fzeLLtQwEzvpaifrsnBfhM2+5ZoS3FdUMJkCXZuIjRvnZMjXVX+Fqya8e6S9VBntiYykMf&#10;xmH4I9RtsXlL1SJvZ63Iuxfw2vt7+9j93pn2Iu9y+0rvYaCdY6V3v6O+N9s53pPtNON1rDvbSX0a&#10;OmwH+gIwYvwr8A0aYz8D1zvG+mEyNmJJK0MgpIZMNP/0SylVL0g842jjI2Q7+6UQkvNWHZMp8dYC&#10;6fXyts9XwVtWJbzZULbPV6rO9hOynfvAF+WT6atbnKch/wNPJ4IWy+L4uIpWwhNEtpwILpZ+m8xH&#10;TgRPanOC07SvAtO0jsCHqSeBxfYPU7McHQPrHV8Bc4LrHSeCWcBi0zhC9Ya8xhg7ELJYihA7ybeS&#10;8XggVOSksZUBGIdhc4qrx1FvDU9x+sOF0kejRiOkRjuS1R8+K+kkix0XQje4vgvZXK8DIwAR+tr5&#10;SvCvpjRvDnaQNIk/4zD6dKGgcbC7kwfznF8F8pyfpOY501LnOdKgv7TUFdonqSXqV4ES9ftgibo8&#10;tEJbHlpsXx7SHbeF/uY4GzzpMNNJ/VCaqU4mhoY610IvpDtD54ljcgJ8qyYUU4L0caTXE7ubRir8&#10;Ppl9mkZK1YMxmMbIg5FdjmGRPOcCPc+5KZznbBbe5WgWNp/3UK8elDCf9w6GJzp0fb3jQeAU0DQy&#10;ETCf94jvZLr7ND4+dTjg9c57G9IqdNffcB6khv84cL4hrVRdGiXM0YbdSOhgnxgl7LMPu5GwxrE0&#10;Ssh2bkgjJOe5GXilODcW6fXGObq3KIZjk2/2qIRnDWUjrcWuXozQxq3aCJfcIUZ41KPaCGXekVZC&#10;sSuZfmeCzmrwWoz0/HX65iOYENq4zdcVj/A27ke43XMcoDGcLDZkC7vnNnHUfZtYBYxyZ4s27uO4&#10;lvSQbA6O0W7jNmQ0Yt63uOEzdJjs2m+hv+94scuMp2Wi2OVUuNuprAUUz0Fxi+dBcY+HeGoFGIfh&#10;TzQ/PqaUed8RZd5DfIXnEYky77eMkNwWW3Ad2eIK0uu1xX44xgJPzBZZoGMcBm80P+7XFnhGaT3d&#10;P6kLPHROSNTdadxPGLrrZBBBatBRcH5aLXaVaMUuj6PMO9xe5tXsqd6taqp3glrmfRnyU71BNzEm&#10;VoecJOutwPXKusRRwWOPSnikMbLEUeya6ix2fe+q7v3eVex63E0o8252lXk7OP/i7uAs8y4B/9Qu&#10;Ga8T47xu/R94/SjFYjnnidklmS9+lHLOM7jGbV7yxYxK5EE4sfhrbPFuTDnrbZnCUsj/krX70Pty&#10;Sgtgpbd6CtHrBBjH1Tbc4fnSm+OpDfTx5Hhudf/oecx1xvuYa1HKYy61xqeuwTXayrEXNS5GalwP&#10;dVg+SlnrJvrJ1jWrUka4b0nJcp/xZrkHAUc864E+niOenzyDvBO9Z4BbUiZ6V6W085L8yWzwHjqj&#10;e58bMR84geuZQ1dgk6yqsbHCv8DTwN/TvcW3wEPnBIMnI65s9VX4XSfIbhyGXmhsbPUVu5b6i11f&#10;pJZ5awMf+1O99/lSvU19Zd45Ncq8VG/QTRwbtSAfjY05SK93bAwPVPCYZTCI1OCR4sDwQLGLBQkY&#10;vwFCcp4ejvO07H/gqRbWoJo3NgailfBE/lQrpEn/J58yDoNnWucNDOV5nw5N9x4EbgxP9/YI9wM8&#10;wGzPf4J/Ax5w/yd4xZUTesz1KZAffsz1Sni362I4zdSP54YflX6crN8+4b5ufzjdvT+U7l4GzAzl&#10;AfcANTxnwz+7z4ad3tPhl7yzwmrKVyE15WbgVPAz7/PBuV4ap1FDGKSGPIa8yfxgPXRNPl+K9CLS&#10;6/H5F/UKP+hfCQ8OlL2oF7ueTCO0cQ+MEC65x6QRHvUMjBAKvE+mEcq8L+qE5H5yEbyS72YhWF2v&#10;7w6Ac0Yi5rFygC0SGWJTI2SvjErkoljJbL/pF62/6RHbKp1skCzudrDl6s8AZrTeQv3btkH6Ntt9&#10;klayPj9GvcpOhstsJ8Nm9L6yefQPbQ31VYAZbz1Qf5ftRVNaC2z3hhfb7grvBMx87STqzXiqx+4K&#10;N2ELgDclnUaV6NWKslzUD2HDw9Vtw8OXrFNNaXa0zQ7n2u4L17V9ZsrbQesqU/2/YT2rb7Re0gut&#10;aoRkTKb/EdZIhHyDYIwrI243xMIsHePBTEcNebrkI7sS2en5QUt+KdyUHwh7gRPsQPgwOxveznKl&#10;DaOVXENjfDsLmNLczs6FXwGtvwIzgFuYW29fBc0+qCdbJuPzNtZYn8LS9LuBPwOPsRycjzflsyW7&#10;aEqzAQtEWrIGkXxgNDCJpUfuYDWkPZLJvomNlTST2WsH66fvZ231H1m66TgguxASbTpYWCzvw8Bk&#10;02T+Oli8H24v9oSj4mg4BJDeOgHGYcRjBQWL+NFwDf6AXoOfA1IjGbxBpBswCVjMz+pb+BumOnyF&#10;l5jq8J9ci7wFWl8DN4gGkZriF7212G5Ksz7qzWwdEJ/pijiiX+JH9FPAUf4hzpeb6pN0IvUCmaHC&#10;8mda+Rgju6sYI/l8tyk/+XyuXsz9+mfAd8BxHtDP8JCpjO/wFaY0X+Bv6rN5qT4OGA7k82+A3df4&#10;w0IIo8T5zzAMjNSwMc0LC4WivwtMFBY5fyQbQ6OELzIFNrof2AwI5ZxeV/mXqRw+1JOtkvV9RezR&#10;Pxal+t/Fz5JO10p4xK0XhFD0gcAI5WjYATRSFoXtwEfw34XiFKDohMTxkIaLN8Xlr1MJbUzPljR1&#10;k64AxGenStrQOPhJKdFLlB/1zcAzwMPKAWATsEZ/RFmiL1YeMNVDGzVP0s+rhL4dZcPVS+Hm6oGw&#10;FXhZORAeohToQ5TPAUfkDqVB5GngP8A55ZJO/CbKeRhMiric0Ur6oLh7WBGmtvgN9U41qFtV8/i9&#10;VLnVlM56pZH+HmhRf4l8jsBNaFVzzgjNfM6ZpF0Kj9EOhHOBmkBAOxs+XQXPp1XzOee0ei58DLp/&#10;DygGHlLd+u1V0JyPevKZZOPlcbWxvkpN0/8ObAPeVXNwbj7nTFTN55zb1EBkktogsgD4K7BCTY88&#10;p5rPOUdV8znnvNpPV7W2+o3QO80bycYJ2YWQaNORsOnFKnxvpGYu10AtECnQGkTmAI8AT2rpkWWa&#10;uVwHtZhcyfR/Qeust7aH9JuB0UCBPUO/xd7RdJye0sxj4PdaSuQX8KfYG0TaAjPtl/RFdvP56h7U&#10;m8XAKfb94PEnvZX9tClvi+0xf+sEGxmHEccpRi21Z+rPQs5n7QpwPLzYfiA8DegO6HZVP6aZj+tj&#10;mvkYOaadC3+F8fYm8A9guVYaXqjdYMrzQo2byr5Os+lbtRx9jRYbF8l8j/yHkOh78xwWy33x9U7U&#10;UApSQy8U9+Y57pNrnGSx9ynUv+i4HRgGdAk/5WgangdMAAYjPxjlg1E/Ae2IViIPReDhchU8FDku&#10;Sx6S+epMx/fhsY4D4WFAfeCknemfwd40HqOAcVwt1/dxf0g2t56zN9G9Dp/e0OE2pfOBnZnO++/a&#10;I5H98PVvAbejQaS745I+wmHu8/1Qb+bzHR379dqOn3TVEfP5ZHYnvRESdf4adF7VuuY1h6L/Aix1&#10;mI/pJxy+yN8g1ybgKNDaeU4f5DRf13RDvZl8mc49enVnqf6lw3xdk+VU9D8Bi51Hw+2BPzgXhdsB&#10;N+D8NccpQNEJifI3wubP1rjPtTKcA6nhH7Tn3si1NfycqxfQPjwGCCFPZYREen1Br6p1Ul/XJr01&#10;QHJ3AozD6JNi0I2uEr2a60f9qPNHfTew1XkA2ASs0bc5l+jbnebrpIku83XSI65L4dGuA+Fs4LDz&#10;QPjPzgL9z87PAUdklbNBZBdwDqjnuqQTv4ly1oCcVa2TarjM10kNUd/BFdSzXebjc4/TfJ100NlI&#10;/80pdOrP4LMddCgA4/2FmTinZ36rEMhULNavZ8/rA+wftQ7E7gmT+coHttaBXHY0NZd9kXrR9kXq&#10;q8hTGcHgDe4m34NcBnptg+b7BstsbYPkJxmAcRh+Qvcc76J+hy0v+Ibt7iDFuGTt9qPezg4HztgO&#10;B8zofWPjwX22msG1ANFLFk96of4u23OmtBbYZgcW26YHdgJEKwoYhyEDzSsnUW/GUz02PdCE3Q9s&#10;k3QaGUSQGnSsOM9F/RA2OFDdNjhwyTrRlGZH26xArm1uoK7tY1PeDlpXmOr/DWtZcKP1fLDQykMk&#10;YzLeRlhDoQO2UCiN/SNoBUjeZHPYF7bPgmtsl4ODgTLr5eBv1gvBiG2FqX07wQ/IVwiJftYbQawr&#10;9sjNbNCbdw0RTwTjMHRL++O9uR7K4M7QSXYp+Do7GXyBlQJfAB8EN7LXgzvZv4Kp/B/B3rwQyADC&#10;wZ7cHczlzJTvh1D/JP8uUA+gvucYnSM1+g/gPMQPBDS+P/Ab2x94DpjKaganshHAouBC9lJwA9sY&#10;fJC9E7yDfQ6cAq4E72QiNJ95Q+msccjC8oBZwOpQa/ZyaDZwHOjN7wK6hhJ1tgObckuD5jrbwZZK&#10;O+ZVwrMdZf9EfTF7CJgJdICOTgZ+ARR+MuDhV4CUoIf3Cp5GO6KVyEMueBhVhd1y2ShTu+WyzqEx&#10;kP8JFg6tZLVCW1iD0CcsO1QdMvt4L2AIcGfoO7YotBwoAHLZfGDUNTp5VVgsu2AMMz9/VewKrBQ7&#10;A/eL7wJzALJpp0r0o6DsFGx+J58fvJOfBmqEHuZ1Qy8CHwA/87JgULwmfSdayfUUN1LFh6bjyCt4&#10;qLaoG+oMjAHuF6eCy6qguRD1xHOysTlbfBycJL4NjgAGAD3EHpw/bRorSSeERPtuxrjcWYWPbeY7&#10;TfnZzP8YVEVKsA3QFegragQHC7+p3tJFzG+TyaiIbcEv+dHgbuB1YDP/Eth5jX9egj+civOfjNYl&#10;6PxFpVFgjVI30FJpBnQM5Cn9TGPzSOW2wFBlcqCHstQ0Nr8tLprq5t/CFdoBux8A7ErdUCflQnCI&#10;Yu5T3VFP9s+oxOdovm2plAT9yo9BkivRnrnYI5sbMI8ZuepcKXuymDEc9VPVKcAgoFNguNo4kAs0&#10;AXTkdZTrqG+CdkQrkYds8HChCh6y1QuSh2Q2a6seCjRU9weiwEllf+BlpXpwudLZ1KfWo95Mb9uU&#10;BsHPFE/wZ8VuSucJpZqMZ8l4e1gJhpbBli8AnwJ29Xywjmpu0xqoN+PNqpYEf4BN9yqnTMcx6Y2Q&#10;qPP50DmLj4OMJH4zX2XBV4ERqrnPDlY9oVFq3dAsYB1wWT0dDGv/MNWZhnoz+X5RdwZ3qUeDq9UT&#10;kk7XSniECJYz4K+XxoIDte8C1YBa2sOBG4Cd6neB+epxgAUJifKXaRbLlkDM71tVQpvuocq0LYGJ&#10;9m5A60B94GvkqYyQSK8GJs8NcX3WqYQelvGWGvYNwSvaBil3p0raKCg7rH0Y3KV9H1wHPArcq+0H&#10;NgDPBudri4MPaPNM9Zpp7yHpJxurN9vPQ5b9gQva/sCLQB/t1mAf7RNACY3V6oYeBbYBx7XzQeI3&#10;Uc4voDdrXM5oJTLQHPeFZjW17SnUW+2+4HnNfHwu1oaZ0lmlZQTfBC3qz+CzHfoXwNX3UPTuSG8w&#10;tgvp9dxDHcI9T74v5isZlchMMfaQLd9XDbhoHesbgnyydh1sM3xdbX/0pdv2+oaiXRQwDmPtSDo8&#10;aF3qN6PzhvWkf6P1jL/QWj2V6DQyiCA16FhxPsLqT33F5k+9YnvCfwQgmsni1Gu2N/0P2y74OwA2&#10;4LL1lD9iW+o347MQcpjx+YBttu9xyPylbayUN9nYIP0RDDsa95sHsZ6cHdd9FLwbhyGj1BWbLXlI&#10;5vNlqLfyCcAAoJ2vjNX3HQR2AJtYO2AAMAH52SiffQ0Pe8DD2Sp42MPOSh6S6fYj9rXvbVbi2wz8&#10;CejFrviasfamur0J9Wa6zWd1/VOZw/8gU0zp1GeXTe0eZb7UpqxWantgMrCGnfFvZVtMab6EejPe&#10;lrIP/feyY/6x7Likk8zupDdCot1DAmtlv/m6JCRSTeUKiSM+IUp8R3iJbyvwOLf4x/NWkp8sw5GQ&#10;Gr6EYW7Zy+v79vBavtt4E6CtbzrvberfC/gw3zz4VhF/ynQ8X2EvS147VdKvgrJzbLf/BPsO+AFg&#10;qX5eK7UN8CgQEgv9JGuijoZgkjpVhY6G8FOmOuqO+kz+LfAxsNffgm/zd+JrTW0/nA8zleVu3tL/&#10;PPf4twN7gf/yMNAMmOlfTvwAibL8Bnuvi8uSzFd+E+v8RwHyu2R6fE+8598gDvmXAHcC40QJsA5Y&#10;5p8APU4Wc0xlS1W6SvrJYkkr5YzPrZT4voVfPQZki2H+bLEPsKX2EbVSZwJrgI/FGT/xmyjnm5CT&#10;fqBsFlPRRvKQgabGYfgozTWfof5H4fF/I8zjx51ikCmdh0QdfzFoUX+JfLbF4iqtCj7bqmmSfrKY&#10;11096+uslvhqAZehs1+Uk769SgdT/e9V3KY09yo/+XaA1gvAn4BCRfj7KOZ6uBX15DPJ+JyqpPvv&#10;UVL9DwNPAyuVJjgfacpnd+WMKc22iju1u1IrdTQwHZitpKXep9jlXB01jIrUsCvNY+8oIyTNZHb/&#10;VOnhP6pk+39T0iRvycYJ2YWQaNPxsGm1uE2T9TFereb/C9BW/dVUvuaqI7WDWis1H3gQ+EI95T+r&#10;vmSqs6OoJzsk63uf+o5/rXrIP1f9QdLpWomeaM3/EfhL16r5s7SvfV+pX/suqQt8B4HVOB+v/gBU&#10;8xMS5d+Dteum+DzeqhLatObfo23y3WTvArTw3QBsQZ7KCIn0joNeVTHruLbO/xlAcneqpE+K/du0&#10;9/wrtUP++4GxwGCtBFgHLPMP1Rb6/6CZxyxuN49Z9e1nIEuJr0Qr8c0H0rVh0N8+wJbaQauVOhZ4&#10;EnhXO+MnfhPl3Ag5q4pZaGNq212o/6/m8X+kmY/VcZp5zLpbq+N/GrSoP4PPytb82Vjrd8egot+b&#10;pYN9e0z388j36JzGWz0gED9HYslocy8l5e2pTQpA7UHmmm8xHILDzAXMYvkhPpeT7YuJWPwwxvxo&#10;5L/hc/gPaPMj/yM/AnwDHAA+l5iFdCb/gM/ib6HdZrR7gd/Hl/FF/GH+OJ/On+Ej+Xrejb/Cu0ps&#10;QroR+Zd4P17M8/lqYCWwgt8MjOIL+N2g+ygfBxQCo4CR/Ek+hD/LB/I1vCd/jnfh/+Bt+L95C/SX&#10;zf8lkQWKWXwVzp/hTfjfeAOcZ/DneV2+FljN05GvDRo34voQOArwl7mfbwd2cDfoOFFegz/F7Wh3&#10;iv2Lf8He4++zD4ASib1Iqew79hY/jPNj7BBwGm1/5mfYCV7GfgTO8vOsmjjDHOISY6I6tyC9wC+x&#10;tsLN54sb+b9FT/6QGMmHikm8rpjJo4AO+MR0gNI/8hRAA6zAZejzLPT5A3+Ak52qsqPhb8a9yRbY&#10;3iPM7b+FewTZ/xFyoPhh2H858lRvYANPFS/wiHiW1xRP8XriEd5Q3M8zy3Efzu/jTcQ83ljci/Qu&#10;3kzczluJibyDmMA7ivG8kxjHO/8OY5E3UMhvEmN4FzGad60EuSjLFQW8GzTYQ9zGe4lbeW8gTwwH&#10;hvE+YrBEb6QGeolBOB+I+nxgAOpv5n1Ff6BfHH2REvpI9BO9+M2iB88XufwW0RmWas9vFa35qGvQ&#10;io8Wv8cY0ZJfjULkY2iBtAUfK3L4uGuQzccLQnPUVWCsaIb2zXBdM9Bsir6ywMO1KEBZAdrcBhp/&#10;QB9D0WcFWvEh4HEweB8k2kCetpCrPR8A3Az0Fx2ATtDJTdBlV94dMl+Nbsh3E92g8+6wRw/Ypgds&#10;1RM27AV79ubt42iHtDK0RXlbkcfbQLetoOMWCchBnpAt0Y83h02aCTMfp3ry1V8MR0Vq+GoLnFN9&#10;DE2RZgGZsHWTOBoj3xg+UF/cwtPFEPjwYF6rHAN5HdTVQ5v64LchZM0A/3VxXgf81QaNmr/DQJ6G&#10;a4PwPT98sAZ8MgW+6RGjyuGGLztFIXfA37XfYQ4/h2j3K2LYcf4OP8b38ZOIqccRW4/z74ET/BTy&#10;F/huzuTYM9MJjc3Ecf8lxn2tKsb9l5CddPlkJbrET3AtB6GjA9DH59DHf4GDvAHSRmI/9PoR7PYe&#10;byn2ALuB/wA7YOe34QdvYpy/Dj/ZiPQV5LfC9tthlx2wwy7o9T3o9QPQ3gud7gMPJYiCn/AbxdfQ&#10;J/FkJivVJ8o6G7IeZeYxbjY/ykhWgnEYfkPPYe/mpewuYCY/yaYjjt+OmD6Zn2MTgfESZ3B+HOWH&#10;2d2YA2ZLHEZ6lJnxS/WJ/L4PXu+oYk5+n90h5+T1BrNIDX5pTU31e1gRMIUfYT35BVaPO/gNvD54&#10;78i/ZLfwneBzJXuWz8WcNYEd5KMxTxWyamISu8hn4Hwa+4HPYt8DR4BD/E6kM4BpQBHbxx/EHPg4&#10;W8X/zp7kb7NHQJNkHw95puN8Kv+aNeaCX2atMDveYTovUX2iDlzwzZVV6MAlVkodJLOZhvpqYjXm&#10;yRUYJUswdy6BBy2GhyyCh/0ZI30hbyoeh2cuRhRagkiwEvXPcKJrZjOqT+R3oIJnVODZ7LqBSks5&#10;njIqsRndE49UGorJSpqYpXhMfZzqSea1lczHq1H+qPIrX6t8w99QdvOdytv8Q2Ub/1TZwj9TXgE2&#10;8i+UDXyvsonvVl5Dm+18G7BVeR3pa/wdZTN/T/knL1FekvgIKWGvRDHS5/kmZTVfAVoLlZ38QWUX&#10;v195l88HCpQPeS+llDdQzgK/xFHGI8h7lMvcqtwgfhY28Y2oLvYCmwUTy4Um7hMeiflI5wHThE8U&#10;ipAYKmqKIRKIwaKWGCRqi1tEuhgo6or+oqHIE5mim2gmWuNfE9EVtX3Rqi+u6CduBGqIYUIBpUu8&#10;CLhdnOd3iHNIf48i8Svqf+VTxQU+SVzEPHsZc6pFjBLVxG3CKoYLjt5VkS8coO0UfYA8nOcJu+gN&#10;7nuhrhc47oR+W4nGIut3aIR8A/DZEBw2wr/GMpeBknpA3TjSUUuog9q6qKmPs4aQIUuEIVtKHB6k&#10;bvThApy/Q0vkE9EC7Qzk4DwH12bH0RxabhZHU6RNhRd9ecFNCrgg1ACnNcCvD3z4wU+qyADqiQD4&#10;C4DXIDgMQeMhaDwsokjTUJYmIvi/Jq6qB6pmY4HqyYf3kePHDyN+nUA+ExpuKYToCAt0gq90hjVu&#10;EjdAIhs4UtGHRyINXEfAMSEMjgMoJ6RCUkIQForCC+rgurpAhgQXkzGr7MaMkgq/jcD/68D3G2CM&#10;5GBctFeK4cer+XDlL3ycsoBPVe4AivhkZYpEf2Uhz0K9C22/wwz3L7GT3y/e53/C7PUQ8KjE2/wJ&#10;zGpPidf408BSYDnwrMQWvgqz9nPAOsyALwJrxHrZ9hGcP4aZ8VHxEq4v5k8CTwNLJdbi+pUSbyCG&#10;HRRz+XkxhZ8GfsL9wQ+iiJ8AfsBK+gRgVUZBvkG8idKH1wWiykDk+/Cw0hsyd4fMhFygC9AZ6Ih2&#10;HXlGPK2jtENZO5S14o2UNpC5BWi1gJ4I2cg34m2V+rybUo93UWpDb/UASmvyjkDneErnVNZauRHt&#10;w0CA91BU4BzrqxxleUAvicMsR/mNpSjVIZOd/wz8CPwAfIX7o73ADqHybcKG+6Qr7J/iPHtWnGSP&#10;iqNstviadRN7mUvsZJ/zXewnvo0pYiurJTahvJiNF8vRbgV7EOm9SO8GhuO8vVjL0sQ6tN2Ae7Mt&#10;7Btc9wl/U97XbcfsGcNOpO+ifB3u4x5HH4tZjniIDUV6r1jCloq/sJdBa69YzQ4AB9HnYfEK+1m8&#10;yi4jVZU3gFeZUOh8I+QrZhFlE6urbGAtlbUsVQFN5T5gHvMocyVqKYtYE2UF64K2fZW/s3FoP1p5&#10;ng1VFqNsDmuujAMKgQJgBNoS/sAaKcOAIcBAYACro/RFP7msltKRhZVsFlXSkQbRp535lGrg5YzN&#10;rnxksyob/w8l5x9aZRXGccfOc55z9jzcLre1tLYu2xyjuWkMmWX70TYuV6zMzEzMxZjJikmQaYiF&#10;f0lIbVSQ/4j4xwgzKpaJWbuBsCxX1qaIi2HL0ljzeokamyYW9X3ftX7A7rJ7+bzPeZ/znMO5vM/z&#10;Puc9L/fQHP8y/era6Wa/jCr8fLrL59Fy/7PZ6L81m/xx87x/z3T5vWaf32V6/XNm0G82Gb/RcF5L&#10;SBDv2XJbiwm+KdfqUmHcL54OesjpuMe0Z84ut8+9615xY26ry/VPuAZ/nwvy5nS+rYWNA9PvRreg&#10;HCBYm7gIeb3rJJnCYJb0t/1/rZO0RrG3hZnK71Mtw+Z/jT1Ixa3RFvOOtJjgvrZyhtzcBX1Q3wM+&#10;kDbTJ+1mUJ4yX8lmMyrbzaTsNL/LayZX9xivbxjSHpOjvdCdMBMyaMZkCLZDpl9Om6PgiJxCX4Nm&#10;QL42GbkEW0e5qqR6A+WDgpAbIW+imM6jiN5KUS1BuQT1JdCXULEWURztqmB7J+xqdT7V6EKcL6Ey&#10;raNCbaZbdBlYgfIqKtVHod9A5boJNttpkb4E+z1Ur72U1GFK6FWQZ2t1nm3SCpvUu+2DmrTrdI1t&#10;0w22Qzvs07rN7tAuu1u77Yv6kd2pmKVqv31MT8H2rF2vGdhegS6PH9YCTmoR36ul/JAW47yM1yqe&#10;crWG12sjdPfzUl0Nm3Z+QLfycn2BE7qb6/UAV+lBjuthjumHnAsuyxEel8P8oxziNPhUerhbXucd&#10;4BnZz0/KAW6Vt/kR1K2QFCfl43+RkE+4WY5zk/Rzo3zG98gJbpAvQurlS66TAV4iQ1wt33CVjHKl&#10;/PAnY7xALgLMjeQSl8ovfJuQw9YITqXJxaTDFcqzLi7bXJt0uVel2+2Xt9z7csj1SSrMo9l9DjEF&#10;v8sWH+Vw7C3wu2Afuf8TH52dnWh1/fExgfXVSbx8nC3nT8gkBbGxOOx56vDP2P9NrpDXgGsEJ7YZ&#10;idpzUjzr89Mw6oM+H5+hzxh0p6XMnpE77ADol4W2DzIl1faYLIWu0Z6VBjsCvpNmkAy5ADkqCYv/&#10;G9l0SHLWMaRlZTiGYzOMoQK6C7LWDstqe1LWoP91dhzkIB4iugqyznqttgS8VkJWQpajrtjGNG4L&#10;QKEW2TjiKa75OI/ZuRqxZdhRdhFibYFm6HYdpbkgoucR/yN0Wc5TWr6nc+CMpOlzyVBKfqIeuUrd&#10;kmMPyjU6ivJJXI8RMCbjFFybbD5UA9/Zi9+RgHwTMts9NoK6fBB8oiAo/wEAAP//AwBQSwECLQAU&#10;AAYACAAAACEAXngo9RQBAABJAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAEUBAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQC6hMOkbwMAAIcJAAAOAAAAAAAAAAAAAAAAAEQCAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQC+wZVlxAAAAKUBAAAZAAAAAAAAAAAAAAAAAN8FAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzUEsBAi0AFAAGAAgAAAAhAOuPKLffAAAACAEAAA8AAAAAAAAAAAAA&#10;AAAA2gYAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQC+VfW4ryUAAKo1AAAUAAAAAAAA&#10;AAAAAAAAAOYHAABkcnMvbWVkaWEvaW1hZ2UxLndtZlBLAQItABQABgAIAAAAIQCWFxht12MAAFTx&#10;AAAUAAAAAAAAAAAAAAAAAMctAABkcnMvbWVkaWEvaW1hZ2UyLmVtZlBLBQYAAAAABwAHAL4BAADQ&#10;kQAAAAA=&#10;">
+            <v:group w14:anchorId="720046F2" id="Groupe 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:-26.4pt;margin-top:.25pt;width:167.9pt;height:71.05pt;z-index:251663360;mso-position-horizontal-relative:margin;mso-width-relative:margin;mso-height-relative:margin" coordsize="29038,12287" o:gfxdata="UEsDBBQABgAIAAAAIQBeeCj1FAEAAEkCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSzU7DMBCE&#10;70i8g+UrShx6QAgl6YGUIyBUHsCyN4lF/COvSdO3x05bCaoGqUd7/M3s2C7Xkx7ICB6VNRW9zwtK&#10;wAgrlekq+rl9yR4pwcCN5IM1UNE9IF3Xtzfldu8ASaQNVrQPwT0xhqIHzTG3DkxUWus1D3HpO+a4&#10;+OIdsFVRPDBhTQATspA8aF020PLvIZDNFLcPk+x0S8nz4VyKqqjSiZ+ypLCLDCwySbnMeBjwLIg7&#10;NyjBQ7wRNhp51iY7NskjOZ/BXjm8i3UXEpLyt8nvgCP3Fp/AKwnknfvwynXsy6RHBivbWJH/75GG&#10;1JjZtlUC8sbjZqZOMy15S7szHsZrzZuIfcB4cmfzR6h/AAAA//8DAFBLAwQUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69jODwTJ621G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkX&#10;W9uRzLGIapQsBuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/&#10;7BQdk9BUO0dJ0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q9&#10;6XL8AgAA//8DAFBLAwQUAAYACAAAACEAuoTDpG8DAACHCQAADgAAAGRycy9lMm9Eb2MueG1s1FbL&#10;bus2EN0X6D8Q2tt6+E3EufC1FcOFnbhxsg5oipKISCJL0o+g6L93SMlOrh2g7e0qC9N8zJAzZ84h&#10;dfPtWBZoz5Tmohp7YTvwEKuoSHiVjb3np7vW0EPakCohhajY2Htj2vt2++svNweJWSRyUSRMIdik&#10;0vggx15ujMS+r2nOSqLbQrIKFlOhSmJgqDI/UeQAu5eFHwVB3z8IlUglKNMaZmf1onfr9k9TRs1D&#10;mmpmUDH2IDbjWuXarW392xuCM0VkzmkTBvmJKErCKzj0vNWMGIJ2il9tVXKqhBapaVNR+iJNOWUu&#10;B8gmDC6ymSuxky6XDB8yeYYJoL3A6ae3pff7tUI8GXsDD1WkhBK5UxkaWGwOMsNgMldyI9eqmcjq&#10;kU33mKrS/kMi6OhQfTujyo4GUZiMwk4U9HseorA2CqKw16lhpznU5sqN5vHJcRR0hr3GMYyi4SDq&#10;WU//dK5vwztHIznF8GtQgt4VSv/MJvAyO8W8ZpPyX+1REvW6ky0oqCSGb3nBzZsjJ5TOBlXt15yu&#10;VT14B7x/AnxRkoyhvk3NmluL2p7YfJaCvmpUiWlOqoxNtAROg9IcED+a+3b4w2Hbgss7XhS2RLbf&#10;pAX8v+DPJ8jU3JwJuitZZWqxKVZAhqLSOZfaQwqzcsuAO2qRhI7+UPOlNvY4W30ngD+j4SQIRtH3&#10;1rQXTFvdYBC3JqPuoDUI4kE36A7DaTj9y3qHXbzTDPIlxUzyJlaYvYr2U7Y390KtI6dHtCdO9TVl&#10;ICBHnVOIwCILiY1VG8UMzW03BbQeAeHa57zgoH1H0wKtQRDW40ICYS+MegO4aoDsYb8z7DR3jMXD&#10;qiHsjMJo2JB6GIQdsP3Iaai50mbORIlsB7CFaBy2ZA/Q1qYnE0joPRTXhWHNIuh8GSWEAFd999RS&#10;GHkoYZoCTVeE4mcNzws+kj1nqp0TzeAxyQs8Y/rVCInjZbyK75826ClerZeTp3iDNos5Xj7MHzb4&#10;MV4/f18ufn+OX+4eJ/fTyWITYyY1fmRyB/X8Y8de7hSpKOGavUxXv923YfVrKzH6ykpUtFHf/1Al&#10;2h5WIoGXjOyMcGBcaLRW55Uwe4M+qNU9U5+9Nv9RmQRXwt69oFiCi8q25wm4e+zMp+J1jxq89u6y&#10;ar5M7OfExzH0P34/3f4NAAD//wMAUEsDBBQABgAIAAAAIQC+wZVlxAAAAKUBAAAZAAAAZHJzL19y&#10;ZWxzL2Uyb0RvYy54bWwucmVsc7yQywrCMBBF94L/EGZv03YhIqbdiNCt1A8YkmkbbB4k8fX3Btwo&#10;CO5czgz33MPs2ruZ2ZVC1M4KqIoSGFnplLajgFN/WG2AxYRW4ewsCXhQhLZZLnZHmjHlUJy0jyxT&#10;bBQwpeS3nEc5kcFYOE82XwYXDKY8hpF7lGcciddluebhnQHNB5N1SkDoVA2sf/jc/JvthkFL2jt5&#10;MWTTlwquTe7OQAwjJQGGlMbXsi7IDMC/O1T/caiK28uBfzy3eQIAAP//AwBQSwMEFAAGAAgAAAAh&#10;AOuPKLffAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAUhO+F/oflCb3pJrERidmISNuT&#10;FKqF0tsz+0yC2d2QXZP47/t6ao/DDDPf5NvJtGKg3jfOKogXEQiypdONrRR8nl7naxA+oNXYOksK&#10;7uRhWzw+5JhpN9oPGo6hElxifYYK6hC6TEpf1mTQL1xHlr2L6w0Gln0ldY8jl5tWJlG0kgYbyws1&#10;drSvqbweb0bB24jjbhm/DIfrZX//PqXvX4eYlHqaTbsNiEBT+AvDLz6jQ8FMZ3ez2otWwTxNGD0o&#10;SEGwnayXfO3MuedkBbLI5f8DxQ8AAAD//wMAUEsDBBQABgAIAAAAIQC+VfW4ryUAAKo1AAAUAAAA&#10;ZHJzL21lZGlhL2ltYWdlMS53bWZsmgl8Tdf2x/c5595z7r1RVMxRJEoM8WqqiKEvoYZWjDUVVUqp&#10;qWqea6rhEaSIOaKGmBVBgjxDaaixFDVrDUW1huKem3vW3vv/O8fN0//7//s+X2fdtddew2/ve115&#10;+flUzlLGqvHv/dXy9ZVlFYb/UrcqzMuYdrwk/mD3VNvnApriYW48w1REc9vKp67xsAL2mq6ozMCT&#10;EF00YT4s21sV+Tx4BlU7+uV/L/0K8+NlHbfKmrAabCCPEja9QXceKTrzMqIdLyVa8RLiPV5YNOYF&#10;RAL3igZcFXE8yGP5E16L/8Zr8Ku8Oj/Dq/HvQEaINfAtwtosxExE7HAexwfwBrwXT+Af8ca8I3+P&#10;t+WteAvejr/PO/OmvDu8vfm7fGCIYXiOgW8i1qYhZhZik7EnBXuXIEcqcq1EztXInY6o9YjYgJob&#10;+RqQEeI7+M5g7SpifkPsE+wJYq8qlmCWFMyUjNlmYcZpmHUiZh6D2YeFtHipSSf01Il/Cj5Bp914&#10;V94Ff3biPXh7eNvyfrwlH4EOp/FmfCm6zXBoxk/C9wvWniCGEKuITtwtunCP6MZ94hOeT3zKX4Pm&#10;+R2Gwx4F3zisTUDMZMROxZ4Z2JuEHMnINQ855yO/zTzUSkbNJNSegR6mopfJ6GkCehuHHkeh1+Ho&#10;0u7dJu+GfOucucLaM4/YjjrbuS42oNZqaJLKJbQlvpAH+AL+HHUeo47NA9i3of1NrF/lK/glvo5f&#10;5Dv4BX4QnA1xG76nWCPEuMRNTHIb0z3gBcXjEM/xDEB1wqQSJ6AKN/4nuSFM9PKIvxEiQuTy4kIT&#10;hUU+UQB/ekVJxJaGNxK5ohwe4HkHr2/wsuIKdl7gEeIcLyZO83BxAjWOoX4O+viO+9HlXX4Afdoc&#10;5PtxV7fwHJ7Gj2GeE5j1NJ/Lz+EGXYCWV6DlDT6F3+GTMPckzD/RIRe2Ir5C1zOQfTbuzQL0mMpL&#10;inW4Oy+1/L8qj8aKzSioPAIqD8OOwbh9n4uFvB8yfCrm8+5inkNn2O1xK1tjvYVYwd9H5mZiB28q&#10;DvIm4qxDU2jaTDzFGiHGJVoLn2gv8ovOoqDoHuJTPPtBt8+h3mBoNwwaj4DKo6DyGCg8N8Rs6DkT&#10;Kk9D3CSoPBYqD4XK/UQkcuFzAHQB7fG6tSgrmos3RFMRIRqJYiJehIv6qFEX9WPRRy3h5zXEXV4d&#10;fdrUEPt5LbGFx4o0Xhfz1Mes8WIub4R3W1Mo2By3u7WYgnkn8S6gO959Nv1gD4XKYxAzESpPxb5/&#10;QbMkaDEnpGWeyvhwdD6/3PhM3Cqa8iMO3flWfILZr7ci/xGHMmKrsJnyn/dBi9D74E12Bd7HDq24&#10;S9pM4ZEOKbBtVGHjll6hyzDhkfmFTxYQr8nXRUFZSBQOEYHXkfBHyjIOxWUkYqIcdDyZLCuCUNcP&#10;lZ+JouIpTukxTuexUEAKv+LwqsMfQ9O9x0qxunIrt6kv1/J/yuX8XfT1npzDW8kZvIP8in8sJ/G+&#10;cqLDUNjj0P8UOZ3PlEl8rpzP58mlfIFczVPkFuASL3lNLJRFxCIZIZag5ylgImaxGS2Liy/kG6IP&#10;ZuiJ3j8O0QGvWyKuqSwlEmQx0QCxcdAkVmqitgxym1j5jNeRf6Df33gD+StPkFd5Y3kRvZ7mXeRR&#10;3kce4kNlNp8o94CtDhPkev4l+hsnV/Ax6HWEXMSHyAX8c/TeV85z6Am7G+buLBdj5uX8A/kNbyPT&#10;eUu53dFmojyBXCf4KNQZJM/y3qjZDbU7ooc28j7qP+Qt5GOeKJ+DQAgOnypaSV20kT7RTuYTnXC+&#10;XWVB8UmI3nj2w7kOwZyjETdRMnDiPzepTegmVWAHoPp5hwV4LuDX5Gx+V07jj+Vk/gynYuKEbCRs&#10;nU3hYWwaL8hm8sIsmRdji3gJlgY2gDLC5bAZVTZzja3kClvOGVvMuVzIg8htQo1nUMbmMeyH8N2G&#10;atdkKr+AW3IBp3TA4dWN+vv7pSFryjs5dOcNmU1TMAU+mzKiocOrvftDt7EZK8xmsQt8FrvhkMQe&#10;8tnMz+cywecxt1jIfGIZyy++YQXFhhBbWQGRAV8mCxP7mCH2M1UcZJwfZs/4z+yFwwXsP8d0cQpx&#10;x1hhcYiVFHtYabGNRYp0FuWwEs+leJ3Cyopk9oZIYhFiBismprJwMQk1JqD2OOYSo9HPSHaXj2Bn&#10;HUay/Xw028LHQd8JbAmfxBbwqWwun8Fm8SQ2gyezqTwFcy9lk/hKkM4mOmyCvZ1N5ruxtg9ndQCx&#10;h1kSP4rzOs5S+BnkO4fzOc/28QvsBLB1wd+J7LDDAZbJ96NuNlvL97IVyLOE78C+zWw+8s9zWAl7&#10;GXwLcbbzWSp6WQ09N6Ov3cj1Mk/e591UfJer41bYQXZezjRtAnKWWZLNMeux+WZztsjswpaZ/Via&#10;OZqtMaezjWYK22auYpnmVrbf3MdyzBx2xjzLLplX2S3zLvvDfMQCpslcAckKBnSldCCfEhMopNQN&#10;FFPeD5RSOgfKKP0DUcr4wJvK3EB5ZVWggpIJCuTa3Gclc7ewCrlDWY3c+uydXIO9n3tBdsxdI3vl&#10;DpdDct+TE3NLyzm5L0Rq7hmxOXejyM6dLk7m9hbXcpuKR7mVhcwtIAoFX/A3g9d5neBRnhjM4D2C&#10;K/mI4FyeFJzAVwcH873BT/m5YGf+MNiGu633eRmrEa9n/ZN3tKqIl1QXTaw4UdtKEBWs5qKo1V4Y&#10;Vg8RCH4uHgTHi6vBJHEquFwcCG4VO4IHxZrgebEo+EDMCkoxIVhUDg2+JfsEm8muwZ6ydXCCbBJc&#10;LusF98rqwcsyOpgr3wg2YGHBaSw39zx7gLkvg46WV7XJCNh41HkBXR0SUNV2AVJiAy+UiMAfCgvc&#10;Vu6ZPyunzRNKpvlv5RtzqzLbXKGMNucofcxxSnuzr9LYbK/UNuOVimYVpaRZRMlvCqaZ91iu/wx7&#10;4s9k9/1p7Ff/VHbFP4Bd8LdlP/rj2Cl/GXbc72bH/L/Lo/4fZY7DTtiL5TH/OHnc30Oe8jeVZ/1V&#10;5UV/YXnNT+KW/4544D8lnvozRa7/G6Gas0Q+c6QoavYUkWYrUdWsL+LMyqKJWVx8YBqih2nyQeY9&#10;Pt68xJPMH/hycx/fZOIemyv5SXMBv27O4I/M8VyaQ3jBwGc8KvCWmOlQRwwPvCs+DrQR7we6i1qB&#10;waJ0YKrwBpaJ5+Y68buZIX41D4pL5mlxxrwmcsyHYr9piUwzTH5rlpIbzKpytRkvU80P5GKzt1xg&#10;jpVfm8lyjpkuk8xs3PW8e5/3jogKfSp58Q0gQWZRKYC/a6zhIA32GDBUTqNmwF5vKXvRQNBNavQR&#10;sF/n5ZruvLs0NpKVYxVYURZNNgVZBYcw2B5WkdysMv6BVdXBzeqRzhqRwRIddNaZNNabpPyCgnIU&#10;PZcT6A85he7IqXQVHdj8BE7itc0x2N/LGfSdTKJDcg4dlMkOh+QCOiIX0VG5BHHL6LJcQfflSocn&#10;chXlyrXE2HrU3Ez52HZ6nWVSONtPhdkxh3B2Br6LWLuO/m6TkPfQy0N6IP+k6/KRw4+wv4dvn7xP&#10;GfIObZE3aYO8TOnyHK2VJxzS5fe0Th6EP5s2y0z6VmYgdhtlyS30b7nRYbdcR9vR07cyDTmWI24x&#10;WBAiGb4k2oYZd2De3dBij5yEWb90yJZjkWsE7YJeO2Q/xPVCno9oq2wdoiFy18Z6Fdoro7CnFP0g&#10;i0LDcMxQyOEu7Efw/SWL0wsZQQFZmiwZ6SDx2s2K0WssHHqE4zwLOWf6I2awOSp3Qu+9tB/zZcsD&#10;qHEY5DjsgwbZ8gwdkD/RYXkRZ3WZTsurdEFeoxvyusNvsB/B9xxrAcQQYgX2SHkc55PjIJFTyEPo&#10;J5v8cg89ho6/QMe8Hq7I4WRzE9yWQ+meHEwP5UDk7UNPZHd6KjtitkSHp7IhfHFYq4GYGMRWxJ7y&#10;2PsmcpRzuAD7LHynsPYDYnIQewR7DmPvd8hjcxg5jyB3Dmr8gFqnUPMsal8I9WL3k/eu+Pvf+7VZ&#10;f6rNhjnEsslUh82mumwhvcNSqSFbTU1ZOrXAvWzPNjh0gd0dvl5Y+4ylUX+2lAayFPqCzaSp2Gsz&#10;BfsnshU0FnHD2Rb6nGVQb5ZFXdk+asuyHRJhN2F7KZ7toXq467FsJ9Vk2+gt3P8Yto4qsVUUzZZT&#10;OeSLZOOoLOvjEMnawpeAtRqIiUFsNPZEYW9p5CiJXMWQswhyF6ZE3I+2uB82nWB3g68nK4q+i6Pn&#10;CBrMytAwVo5G4TNgPKtJk1g8em9FX7HuwNalP+I6OQzA50F/1O3L6lAfVh15YpCvIn2Iz5K2rLxD&#10;Iuym8DVkVaBfNfQSS3HIGcuaI9fLPHln8EHoG2Y0W4KOtjpE4xlNmejqECtBx9HtGXT9E7q3uQr7&#10;Fia7j+7/ZKXoKaZ+jk8uPzo3WQOQRb84xONpU5duslp0g71F19DtZVaJLiL/T+jyNDq2OQ47B74D&#10;6DgTU33L4kAWLXEo+p8b8+onDB2VJmTTQWlA7ZTa1FapTq2UGGquVKKmSjQ1UirQO0p5h1jY1ZWK&#10;VBXrlZQaVEGpS29ibzmlPUUpfRzKKaPhm4G1+YhZjthV2JNOscp65Njg0Ah2U2UdaqxFrVWomYra&#10;i9DDXOqkTKXPQwxQvqa+yjL6VFlDHyub6UMlg9ooWdRM2Yc82Q6xsGsoeylG2UPRSiZ62UlllG0U&#10;gfjiqFEE+cPRRwFlNr2mjKN86NPmNaUtfAlYq4GYGMRGY08U9pZGjpLIVQw5iyB3YfQejlqFHJrB&#10;bqMURZ8l0VNZ6oV9nynVqD+0GBjSMu9O/P19maz0p2RlWIjJ9DX6WaAspEWYfZmymlZCo3XQZSs0&#10;stkJew98+7F2SEmjI8pSylFS6AdlJt3EXpvr2H9ZWUEXEHdG2UJHoc8B6LMbmmyCPjZrYadBn6XQ&#10;JwX6JEOfJOgzA/pMhT6Toc9E6DMO+cZAn9HQxmYM9BkHfSZCn8nQZyrmnAF9kqBPMmZPgT5LoU8a&#10;9FkLTTZBH5vtsDPhy4ZGh5Ti6DmCjitl6LRSjs7i7lxUatIVJZ6uKa3Qf3dg69IfcZ1CJNL3qHtY&#10;qUMHcRezUTsL+3bg7m3CPbRZC3slfMuUKtCvGnSMpXnImaw0By/z5J3BsNC3j0h8W2ipZlG0w0Wr&#10;m/qSgerP1hj1ijVRvWZNU29as9Rb1lz1rjVf/d1aqD62lqjPrWVq0EpVFUpTPbRSLeGQplagVLUa&#10;LVXjaJGaQPPVpjRHTaR/qfi8UdvSWtT5EnyidnFoqXYlu35LtT51DdFTrUd91br0uVqHhqi1aDjy&#10;jVQr0yg1ikajjs0otSB8HqypiOHW5+ilrxqweqqm1VX1Wy0d6v/nnf2DM6/G7H8DulmOCmXVYQ5H&#10;1cl0TJ1Nx9WFdEpNpbPqavpZTafr6nq6o25w+B32E/ieYy2gplFQXUpcTSGmzaQi2myHcG0hFdRW&#10;UJiWTm5tCwk1g/yY7A91H/2qZjtchX1B3Us/qnvohJpJR9WddFjdRgfUzZStrqM96irarS6nDPSz&#10;TR0H+oRoC18C1mogJgax+CyDGofV0shRErmKIWcR5C5MV9Vw1CrkcB/2n/A9U4ui7+JEagR6LkMu&#10;rRwZWkV6TauJnuOpkNaKwrXuwNalP2br5EA4OQt1c3ESfrU68sTQI7Ui3ccp/6qWd7gG+yJ859Qq&#10;dBondUKNhZ7x6Ks5cr3Mc1PV0J9Gj9VLlqFdsuzXeTfxf393nadFk80srYLDdNhT0OlErTKN16o6&#10;TNLq0WStEUh0mKR1pglabxqrfUEjtFE0SJtAn2lT6GNtKnXQpjm0wrMpXtu8Cztem0ENtCSqr80B&#10;yQ4NtAX0T20RNdKWUDNtGbXDafbUVjoM0FbRMG0tjdPWo+ZmmqFtpyQtk+Zq+ylZO+YwVzsD30Ws&#10;XadJ2m0ard2jL7SH9Kn2J32oPXJIhB0PX6x2n97S7lAl7Sa9qV2mKO0cRWonQnxP5bSDVF7LpmjU&#10;qKJlIHYb1cStitM2OtTQ1lEMeqqspSHHcqqoLUbsAoeKmKcSZquCGf+BeatDi7e1SZj3S4c62liq&#10;pY2A/wus90OeXsjzEfa0dqisNYSvNtarUG0tCntKUWOtKLXUwqmThu8YoAfsvvAN1IrTYC0C2pSG&#10;9pEOY/F6klYMOoTTbDAP8faZJmIGm0baTui9F3NkQ4cDqHEY5IQ4QXWgY13tJ3oHWjaCNu9pV6mN&#10;dg36XXf4BHZf+AZhbRhiRiJ2NPaM1Y6DnBCHaYx2CP1ko7891B86doGOeT100IbjXgynzuBjbSjO&#10;eDD11gYibx8agHfCQK0jSAzREL44rNVATAxiK2JPeex9EznKObSBnQhfM6w1RkxDxMZjzzvQ8h3k&#10;eUlH+LpjrQ9iBiJ2MPYMxWwve7H7yXtX/P3nXeu1i9YBh6fWes3mIihKBxyyaL1m8+pbTE7os70u&#10;/i2ouwqRTT5XOBVyFabiriJUylWMIl0lqbyrNFVyRVGMC98tXTFU3VWD3nYlUKyrLdVx9XGIdY2D&#10;bzbWliNmFWLxndW1GXu3IcdO5MpEzj3IvRc19qFWtgODHcQZv4D2T6D9Hzjzezj7O3jv/Iq7ewN3&#10;9yru7c/49LygjaPz0MTmgtYWvgSs1UBMDGKjsScKe0sjR0nkKoacRZC7MDHMlDef7toAewO95lpP&#10;4a50KoZeI9Bzadd8KuuagV5HUxRmsol0tYevCdbqIqYGYmOwB5+GrgrIUd6BwQ7iLF+gh6fo5bFW&#10;l/7UmtBDrT3oE2I0fDOwNh8xyxG7CnvS0dd6pxe7n7zzfPU9uIWrKPV0iMYzmvq7ytBwVwmagNOZ&#10;golm4LRskmEvwmmluorTKlcpSsdJbXBVpk2umqAByKIUh3g8berSAlctmud6C3tjaI6rEs1C/umY&#10;ZAqmspkAeyx8Q11VULc69XLFgSxq4fDqBp0P3aDm+Pn9D66GZHMCsadd1egclLrkiqQbrgj6DXM8&#10;Rp+56NfG5Q6n19xFqYi7BJVyl6FId3kq765K0e7aVNGdAPBJ5ZBOldxbqbJ7J8W4s6gwKOTe5OBz&#10;byfFvZtM3KhnuEWPcaNsfoN9HTftomsX/Yjbd8K1kY66VtP3rmV0xDXP4XvXTMpxTUG/4+mkayTi&#10;htB51wC67PqMbrp60kNXV+TtQG53G3rd3RI0DFGfCqLH/O7qFIZ+DXdl0tzRJO1bAN1snsN+hNl/&#10;h3a/QYfbrrfpV2h+E9pfdzV2NHrd3QP5epDX3ZOYuw9qDcCewXQPvfzq+hKaTaZrrul01TULJIdI&#10;gW8p1lbQL7i1d1xr6T7eZX/gFv2FG2Rjwrbg09xr0N8K1Fjs1Mm7XQWc81Lwzaa5+6L1iUMWNYeq&#10;9uu8qL9/757j7k9z3MMc5ronU7J7Ns1zL6SF7lRa6l5Nae50WuteT1vcGxwyYGfBl421g+40Ouxe&#10;St+7U+iYeyZdx16bq9h/Cd39hLhT7i2U486g/ehhp3sfbXRnO6yBvcK9lxa799ACN/7+xA2Y5d5G&#10;092b6Sv3OprkXkUTcEPGIt9o9zgaBRVtRrvbwpeAtRqIiUEsbrY7CntLI0dJ5CqGnEWQuzCtwS3c&#10;6C7ksA32bvj24VYedBdHzxH0A27mSXc5+tFdkS64a9Jldzx6b0XX3N2BrUt/xHVyOOJOxKwJdMhd&#10;hw7gduxD7d3Yt91dAfnLO6yBnQbfUncV6FeN5rtj6WvknOtujlwv8+SdwdbQO+ttVoYN1TdQHgP0&#10;7dRX30mf6pnUXd9DXfW91FHfR230bIdmsBvB/0+s19N3USzia+lbqBpyVNVXU2U9lSrqC6mCPpfK&#10;6eMpSsdnHSint4Hvn1irg5jqiK2CPeWxNxI53kCuEshZDLmLUDMd/4bTCzl0gN1ZL0yfYK2vXooG&#10;IX6QftGa5jCbpumzabq+jmagj5l6Fg0D9iyD9FoO/fS3qJdembrpFagL6IiaNq1hv6/j70i9KiXo&#10;NamBXh89NKM4vQPoE2IUfNPoHX0eYpZRE/0baq6no6/11Ak1bD6C3UtfQ/30lai3xKmZp/Hf73mG&#10;3p8y9GEOO/XJtAt9Z0KnfdDrAHQ7grzHkescctpcgn0dvl+xdldPo/v6UvpdT6E/9ZmkGrMdmLGQ&#10;uL6CAoj7C2fwUM+g25j/Ms7oDM7L5hjswzjDf+PMsnBmO3G22/RttFnfTBugW7q+itboy2kl+lmh&#10;j6NUzG6zQm8LXwLWaiAmBrHR2BOFvaWRoyRyFUPOIshdGDXCUauQwwXYV+H7RS+KvovTAz2CHull&#10;6Klejp5D7yC0Fno8MaMV6A5sXfpjtk4OD/REzJpAv+Ge3ME9+QW1r2LfRZzXGZybzQ+wj8B3AHdo&#10;n14NvcRCz3j01Ry5XubJO4MHoU+kIWyekZ9svjYMmmuoNNsQ1kwjaE03AtZXht+aaLywxocYjedw&#10;+AZjbZBhWQMR2x97+hk6CHPobxSigUYJGmyUoREG/l4zqiP3O7TSaE7pxge02ehC242etMsYQFnG&#10;SNpjTHbIMmbg9VzabaTQTmMp7TBW0rfGGtpkbKD1xhZKMzJogZFFM4x9NNbIdhgO+3NjL/U19lBP&#10;I5O6GTvpQ2M7tcGe5tjfBLkaGv+iBGM89TZGOfQxJtJnxnTqbyShz6/RZwoNMxbTaGMJjUddm8mw&#10;p8E301gEPRZQsjEPGs2h+cZM9DDVYT5yJhsjKMkYRNONz2iS8Ql66koDjNbooxF1NOqhj1qUaFSh&#10;ZkYkeilGjaGRTRNDWu8Zz6zmxiOrpfG71cb4zWpn3LI+NG5YHxlXrT7Gz9ZQ47w1yfjJIQn2QvjS&#10;jGtWOuK2YM9247m1C/pnGj7n/PJO9vzfvhscNxqSzUkjjs4Y1ei8UZEuo5dfjAi6ZxSlJ0Y4BXFe&#10;Nm5POOX3FKWinhL0hqcMRXnKUwVPVaroqU2VPAlgeYh0quzZSlU8O6mqJwvxWRTu2eQQ5tlOqmc3&#10;5eJMnuNsnuCcbO7BvokzumTsorPGNvSzkX4wVtNRYxnlQNuXzKRjxhT0O55O4V6cNYbQBdyRK9D2&#10;F9yXP6BtrtGBdE8b1GoJGjoU8tSn19FjAU91yod+vZ7KmCWamKcCWbh/Ni+MCuijIj3EWdyDDneM&#10;t+mWURd549FXY0ejcE8P5OtBPk9PUjx9KIDaT4zBdB+93DK+ROxkuoF7c92YRdeMZIfruDs3cF9u&#10;GisQs4ruGmvpgbGOHhnrMf8GhwBsgs/tWYP+VqDGYqdO3nm9+uaZCPV7OETjGU39cArDcBrjPYVp&#10;Mk5nmqeQwxzYKZ4itMxTnFZ6StFaTxStw9QbPDVpo6cByKL5DvF42tSleZ5a9LXnLZrriaEkTyX6&#10;F/JPg0KTcMo242GPhm+IpwrqVqdPPHEgixIdXn3zfPW7LbvR6UmHm9Ztj01RUrw2Fem2x2apwx3P&#10;N3QXs9/zpNMDz3r6w7OBHns20jPcGZsgbMW7HmQ5mJ59iMl2uAP7hmcvXfJk0nlPBp31fEunsf8U&#10;cp6EjidRZ7fDqw7/90+Synr7U1nvsBCTKco7m970LqRobypV8a6m6l78jBfV3/HiZ7zgXdjvwdcS&#10;a228adTOu5Q6elOos3cmDcJem4HY38+7gj5F3MfeLdTJm0Gt0H0T7z6q5812eBv2W969VNm7h8p7&#10;M1F/J5XybqMS3s1UxLuOwr2rqKB3OeVDPp93HHm9fRx83rbwJWCtBmJiEBuNPVHYWxo58G9CbzHk&#10;LILcheltbzhqFXJIgN0UvhY4gbbe4tTBG4Gey1A3bznqgRPp7a2JnuNpgLcV+se/nx1d+iOuU4hE&#10;ao+6H3jrUGtvdeSJoWbY19BbAfnLO7wNuxp8VbxVqKK3GnSMhZ7xFOltjt5e5onzauhPw95LVg9g&#10;v8676Xm/QXqrTCQ+o2xvVfxeqf18gv9/9Gvnc0vBb4xOERcsmzlgifjZWiOuWFvFDStL3LIOifvW&#10;cfHIOideWJcFt34ROt0VBeh3UYIeiXL0VPyD/hJx9Ew0dvhLtIavC9Z6I2YwYsfQL+IruiyS6JxY&#10;QMfFcjokVlGWwM+wxWZaI7bREpFBc8QumhJiJJ4D4OuBtY6IaYHYd7GnHvbWRI4Y5KqAnGWROwI1&#10;iqNWEdQMR+1w9PGSOPj+gbVyiCmB2ALYo2Mvt2pilnqY6V3M1gIzdsSsPTDzAMw+MqSFrcd/6yil&#10;/I+OL/V8Aj1f6VgEe2zKghjkqo2cCcjdHDXaodZHqPkpag9AD0PQyyj0NB69TUSPU9DrVOg4Ff2/&#10;pDV8XbDWGzGDETuGhmDmAZj9U2jwEbRoB02aQ5sEaFQbWsVAs7LQrkgIL56CZ9Bzvo0e8M10k6+n&#10;i3wVnebLKYcvoP08ibL4V7SDj6GtfDBt5L1pHe9C6bw1reWNHdJ5HHz/wFo5xJRAbAHs0bGXWzn8&#10;hXWaP7Iu8vvWTX7LesBvWM/5FUvwny1vSAtbj//W8e+/0fz/3cfV/IJlsxXsRa4jyHkGuS+jxi3U&#10;+h01/0LtIHpg0FGHjmHQMT90fB06hkPHV/egNXxdsNYbMYMRO4YYdAxi9r+gwe/Q4hY0uQxtzkCj&#10;I9BqLzTbynfR6hCL8EyCbxLWRiJmIGJ7YU9X7G2HHInI1QQ6xkPH+tCxDnR8GzrWgo41oaNNLej4&#10;NnSsAx3rQ8d46NgEOiZihnaYpStm6oXZBmLGkZh1EmZOwuyLQlrYevy3jvMPlvl/7qP9G+b2bxYN&#10;Vk7o9bnNDb0Df6oP4poxnRc1VvCKRgavZxzjLYyrvLvxJx9iCD7VKCAWG6XFJiNG7DfixFmjibhj&#10;tBEBo6vI5+ktynoGiVqekeI9z5fiI89UMdQzS8zwJIsVnhSxy7NYnPQsF7c9acLyfCNivGvEx961&#10;DqNgf+1dLTZ4V4pD3lRxybtYPPbOF27fbBHhmyqq+caLxr7h4kNffzHA10NM8HUQyb73xTe+BmKH&#10;r5o45IsSP/rCxQ2fSzz0Peem7w5Xw37ir4Ud4kXDvuWlw1J5+bCZPCZsBK8e9gl/O6wlrxMWx+PC&#10;3uR1wwo4xIU9o9phl6hG2H6KCUunN8PmUkTYaCoYht8YCWtNpu8duu+LoUu+CMrxhdFOH1krfY+s&#10;JN+v1gjfeau775jVzJdtVfNtt4r51lnCm2rd9s63tngnW8O9g6363h7WUU+CleSpbrX1lLVKePJb&#10;vxrBYI7xOLjJuBP82rgcHGmcDHYzDgSbGDuCbxmrg8WNBUHN+Cr4SB8avKL3CB7TWwYz9brBdXr5&#10;4GI9f3CmbuZ+qd/IHaofye2nb8j9RE/K7ap/nttJb5nbXq+a2073ObTX7wY66d8FuuppgZ76l4F+&#10;erfAMD0+MEGPCszS9cAS/aG5Xj9n7tH3mCf0VeYNPcl8po80PUZPs4zRxow14s3WRjWzrxFpfmWE&#10;m2mGbmYblv+y8cRvGvf8RTw3/bU8l/ztPOf8wzyn/As8P/h3eY76f/Z87w+EKOH93l/Xm+P/0HvM&#10;P8p7wr/Qe8af4f3J/6P3kv8P7w2/4bvrj/L94a/ve+Fv7xP+z32GOc1XyEz1vWHu9FX6H7btPqbK&#10;Ko4DuNx7nue8PcDMFYlRWeMlzWA6aK0yBGcGJEQqlrsDpQlI1vKlt1GjNAIURd1uxsRMZZqjF4cK&#10;RpIbtLvkJRbxoqWpGBusBsR4fud5nnvP6XLzr9bZPjv7/XnOH9/fb2c7cJmlwA2WDtPsBaC8AGL4&#10;65DEyyGd18IafgyK+Fl4m/ugiv8Kn/Jx+IIj0cLnCh9PFAN8hZjLfwyRrEEMs53CxzaK02y5qGEJ&#10;4jUWLvJZmMhm0/AMG4PH2O8Qw/rBYF3g0HYYpa0wSJuggzbCGdoAR+hRqKZ1sIN6oYAegEy6D5Jp&#10;DTxAdwOh1TBBqkKukmroILvha7IH6sg++IgcgDeIFzykDjLIZ/A4aYBY0ghzSBO4SCv8jTvgFu6B&#10;PjwEHXgYzuPgObAD9ZiK/ThKVOA4UYaTxTa8QpTiPFGIS4QHl4k8XCtexCdENr4gsvBPIhOPiAws&#10;QzLxPdYqvMjKxWnWOpxnFeDNVgkus7bjvVY5PmLtxV9Zh/FF60vcabXhK1Yv/sO6jSctgQNWBCF2&#10;LLnLforcZ68mcfYWkmh/TpbZgyTXjqQb7ZV0q32RHrQFbbAXsxa7lHXbH7Mh+zgbttvYuH2F+e0p&#10;Rp1wfq8Tx+OdpTzFWcOfdV7l65wPeanj5e87p/lB5zt+yunm3zvX+aDzJ59wbM78uhHrn22k+aON&#10;Df6HjA/8CUbwHd34wZ9ojPqTjMjAjERjceBRY3Ug3ngz8KDhDUQZ5wPhxi+BMGMyMMUj5DB/RP7M&#10;0+Ul7pGNfIf8hO+R5fyYLObNMod3ymR+XUbzcSnZLHWTRap2FqNOsAVqF0tRr7BlKp1lqPksVyn6&#10;krpG89W3tFB5aZHaSovVKloSkhTcZwfrKbJJ9ZNC1UzyVR1Zr94ja1UByVHp5DkVT9IUI0+ocZyk&#10;+nCcasHzVD2OVDuxS5XgaZmNR2QKHpQx2Cc1fE7+pR+X/XqtbNPL5Em9SO7Xc2WZ/qTcpD8sc3Uu&#10;l+qTgQX6YCBKbw1l938z//97Z82dWW75rC53ntPlbrdm3HRXWODOslwoyYpAd1vRyBFx6JZYgi6L&#10;VNQknkf1Yj2qFJvRdvEO2iAqUbY4hJ4Wp9AicQHdLzpRpLiGXGICTYNbG4Mo7QYs1AYgVeuBtZoP&#10;tmiXYJfWCoe1ZjinnYUe7QyMat8EdZszeoOatR7zqNZrVml95jZtwPRoV82VWjBTtNvmfG3MjNAm&#10;TQcJcwyFwRCi4ENzoBnFwEmUAIfQEqhEqfAuyoJS9DJ4UDHkoLcgDVVAMvLCPNQCbvQbjLndos+9&#10;UHSFjJijrhkz95AX6pkTYWF3pl5X8AfWv+sfAAAA//8DAFBLAwQUAAYACAAAACEAlhcYbddjAABU&#10;8QAAFAAAAGRycy9tZWRpYS9pbWFnZTIuZW1mdJ29rjXbcpbXwY6W5HtYiTM8T8/u2fNHsixLPhwL&#10;CSRLEJCaT8c2sLeRvC0kJCxxFwQExIREXAIhASQQmpQA7oDneavG6F7r22ydfdau6vFTo0b9j9E9&#10;f/H29vYD/45//sdvvb39G/4d//znP317+5t/8vb28ff+4a/f3n7x9o//79vbf/g7b2/879M///u3&#10;397+E/3+8Bdvb//n0xOAv/3tt3/7H3/rjQHe/vu/e3v7L/z7x7/6+39Elz8cTf8nff+Gf+n+9vHr&#10;X/2Jf/897f4uf3/3T37169+7Xrb33/3b//Vf/9vvvK8fy8e//Kf//P33f//9l//gN3/553/9Fx/b&#10;Y1se73/wB+8//fVf/eZPf/yd94U2y8f141+8//KP/9H1489/er9+/LOP99f98rzeP27retnW68eP&#10;E7HcL/u2fvzwfl1ul2XbP24nzOtyuz0n5npdL/eFQRbw19fHhK+3y35fP769H5jXZbvdPq62dISe&#10;ds7R8LdJRiN+eP+L9yd0LNCxbZd1e0Hqddku23WbGGi9Pi7rwrjd5rrul8fjxTz3y/V6/ZgwlG3P&#10;UDZasLrnstFivTjAcqWDS9kv98f2sb2el2W/upRtv+wrmMdCw6sMWpfL9bmfMRB2Y7DtRe/rTptm&#10;8/eIOUqv7hj2y3J/eP+z9+u+X17u1va83PdVFtxrYbd9uTy3TWoer8v6vH2cMPfHZd/BdC/afBlH&#10;7l5v0Hy31WTvc7msD2crDP0GZu7Kdb9Xm+8xy+PyYLuk6H653+XpV8wGWx7Pp216nJ/BMOfr9bJN&#10;z759j5lcHKs42Dgwxyr+7H2FktfjMcXvxwMzhXy9ogAnIf/hfV2vlxfiPBRhRXRWhGqI/YSn2B+Y&#10;Evs5QnNrztHwt4OOyU92Bim63s+Cb79lgf65M+v6urwWaGvMyl5vT1SjBX/CU/AnZlkvj9v2MUYY&#10;IjrmGPBB28DAkebjidtN6/eYQZlyvD6RmuUsa+vrdVnQlKPVwGyvWxST2brN9njS+/qxPpH0x/Vj&#10;uwMjp+sDc/A6YCjeHxim9Whxe1ye+xNN7REG3HPQozEnOu4LFuBMWCG213Z5aB/Xhp9IA2Zpve+X&#10;G7qplA6qbpiaATPHE9ONaR2YwY1tjNDc6Rns8JldsnBbVaYXJgbl1m5PxNSObbtdXus985QGbTes&#10;BDZraBCm+HKTY9gaNPDjgJHX5wtrNzFw6L5C8xihpp1TFEj7z2RpWAZq2PqD1NvyhPYHPNwQWywv&#10;qnRgUNEXItIYJ368aHHFHOyY1gnDbsyWpI4WrxiebesRWpXmHFPZvlIWalGQ5+swelC7rQgNaj6V&#10;bbuhfushvtu+YRiAUTZVacKqKWNB22hxvV6WtLjiGDSJmMawFb+FIcRpXO63/dxjQfwwnpuizBwq&#10;34oxn/ATV8Bz5+gWj0dc13Z7Xh4bm9vG0b1aMcgDpkevdWDYhy+rj6TR/3HDh/b64chzw69PBN0K&#10;sSHYUQktveL0FZ5m2hkd8zTzl1mc+XZ9XvRkPTFRxvO6fvzeHVlBif/qNzZB8PQg+uv7HTWYiCvq&#10;iT3BRmyGJusWxt9gzu2p5S/42/sNfd3jC7oFbHTTbj3AAGsC2jcC/aDfx+g+lHlMMGA6NAkDMygc&#10;A3xewTc0ZifoMG7aIC2L2hEk/X4jdvjyIDgRhD878cdijEIsUEHNxODn910fjJqhTorRLSLqiNeX&#10;olqB0M5q8b0T/va+I5rbziTd4ob1fd7tgajeEQfs3317MCvBH57GhTImHnO7w3N6/gCGmOLmQhDS&#10;jV3CNhmJDIs9mdUWvLi73xy1bPqNqORltMVIRlID7v2mQzcg7ozWuz0OcCNMW9C0McWA6QHDsQ2z&#10;xa5FuaPfPcKEx44PBL7lQqD6IWdWVRLxvqkYxIa7pvixE45qinZ86iq3HyhEYqAdjbjGV6nojIEh&#10;oBXrzBZ/2fFvSPaOW4HUKf0/vu/6t1Nwy6425vCRE9MebkdZds1G8xPWsFsHDK3bFYOHWRgtMI9X&#10;zN3wkfuAp48cmKGX0KGnQTa+x0wvOZoMJ7dv7BeWbmiFhD1Q2AFDGMJ7Xw/MYMgcoRk03eRocFAB&#10;F1G+K55s4H58v2Okl1Ok9MOBaccAhv1Lm+8x7GPtKGYbjdFlfcUcMewY52cw00sPelx4eemJmeZy&#10;rOIwlwMz1qW5HBnEjQ1EPEkOMAwmd1tjCKEHhk1f2eQjMfkOgYG4bzdajJxq+x6zkF0x/jHKV8RK&#10;MkKk9sOg7St8UEZyQzDyQry3JgX6BwZ7eENDTRNY24p5OGHU94m4GoypeZjIDd2cMPbeSIf8bbRY&#10;tTAkfDEYc9Y5Q1NBh0HFZBEhOTGBTmLQD607xkDvevAa1SZknZgryvrUBMQyfUwQyjayCCYaDVjc&#10;g/jwyv5f8acbBmrBrl7R5Qd5AP7swhLp0EZxcpVtZ00PIuFme6hSucnhd/JuODhW8x3m6NSL+w5x&#10;rI0QnkBvNenVTcBoUihYficq2jbdkUndSpZvwjTagPnSy4hrZXkrqesYnZFotWBIB4Z+pLcvxp4k&#10;rQR35CxjnWv2hhSA6OhGzOPcpMqo54G54sBeeIbZ6Yq/2vAtE/GVEpVqRPdTqeAvW882zo3emMp4&#10;fiWbNQwkHmrMqQ3MIRM992rMnH3D3zyIBSfCfCaZw4qPJhRmUY05mijMpyV9oTbhG3ZFyV9xe0/a&#10;Er698MII78rfKwpn/IbEyV79dUJGqd0hhUCjnMULN+7SdwISIsc7cazcvZNA4E4Y4oY9d4gDg2Ld&#10;EVd7PRBf22B1YMIKSdoWJeVG/L/iWvYVTWlYgcfAOc/AoKzpgfQuN5lPWJCQh79oe4N0wAdT55gY&#10;M5unATb5MEHKWLo25opFoUOzB0GIGkIl5YqnCRtz3jQtOPGrk9DnPGeDDIFRIhmfzyFG6jccxJ3a&#10;k8QFPlbVGEKECxpU3ZPNEqluaDmzDdAl1fwDM+hbXyTu6tuXDTZ4uBnrG6JM7bxRrLiHyqGdN4NK&#10;PXC3IVz70kvtZH8ocpwtnS4noeRUAGMuLfcUyxvbZJRzIGB/kuOpnzei+Rf+/tBPcyEi0tlHvw5t&#10;B+IrKUkRqG3dkw6W0/u5HGFXsYhH1U+SIDRgRz+t7axEdDoWI7x7KgpsCAJvOPbAXJKSBSYYwXE+&#10;iMYGhgog2kQLRiCfJwYfMCF5CosDQxk2onZDyDVImmJFecJuDImEgWm3wEHcsfs7yeBqFbGlW6rO&#10;sFQxFpWP2UKZNLozuMIi7VrJuFRYSSXAHmyVQkPPF0VdYjf+izoVGPqgjJU7AOMFHhj4zGqm0DBj&#10;wK2nfmm0YIUvXQEjPOGRsW7B5hg6qokhvXyRuOwbKsaaN4QLGifsDl3ZTXrQwpUhRRdyNagib0Ph&#10;NSYrQiFV5RAKdg64g9sZLYzKlR6C9OVJOoe2kKsBY41Sk/4qForTjp/ZDMunud9pf/3kiyYGZlcM&#10;ZZCdNt9jZsy0Y1ohkSWPuGpiILyiqDnOdxh1/0Xcw3Y1PT+DGc5wLGJq0kCMVbnSX/7RT8jcTxwI&#10;/PTtLz0SWHMkYOJCMAKxD3hJWAPijkZYmqLSnkgP3n/oOhEB1PmxPieE10D20Vs5Tnxi7QKrq+MF&#10;QfCBZBArHLAm8XYfiKsgKsLOPZBNwStuQZuBcjIeSdMTy9oIQ1OkAC28Yjr2ChCRMCuLZ4wruIPB&#10;bHHC4SA3SL9iFawB4wEvVzzGgCWbFsjcwEg3csvE9i1X5vg8B4N/gVRA6xkSRKLMX+IVlGnA0o6B&#10;YJZuIO1y62gifMcrOyLmYYLGUHRkBEwQpWbmKgxDUJB+YsGN0JGm2h18+BmBOWKtCN2V0MeVYMcw&#10;u9JxZedcI5VgYCwJ6gHrTbdlysq2cw6D5cDl956y/6gTiQP7/yAiIIIw1ANaMTfoqjXnlpVv70jR&#10;i74tTE7+Sbp0L1cs1B376SMMvhKHq3AvryjBzZ0EXrAikrQQPHj+8nCNDcMYHBKaNRDG5hvVJweQ&#10;n1ilHRpb6ORjIRQIijwyZWLgFiESjMHYHwOSMe440zGBQ7Ay2DMwbsSdoXKMhbHg5IiatbIFf2CM&#10;PeCbB1CNcVKYkXWyidhAx8zhGZx45SBKOXBZBTsGHMnCRgsyWQph7qE57tU4kR7WN9AiOkCGp21u&#10;D+thTmSMopobxaFCyKRi/bS+iZBA4g0b06DzqTm0Hs89BmI0jJ36BL0WOxlrx6TbHAFmHKanpuBs&#10;JgIEa3B+dSFaRwLRiCDOyH16InJj6xnhizBEQIhwCdRpRSKPKzPTQjYZVgzleifi8GjJSNrqwhjt&#10;qOQTc7Me5JYVRjHSHGBLVtzBAGHVHT2WlnrO8jIZpHmiN3ihg5WRxRqa4zBY43jMZNcNyS8toSiG&#10;+qFEGgXHBvb4BqMuw1mAVRlkAM0xc/f5i4xojEZqaXX+mIxqstZmPke7NdrGrclnNT1MZrmO2eDO&#10;A+FshOxCjnjE9AtO+GqBD/3BsRif4H8x7QxeoP1ZGp50PscGUoal90Op6eYYCOIVp/uyYdlESvN3&#10;lh5zYZX2OhDosraY9S9afFRyV+dxw255QZLAiYm2cj63DKCGlgpL4iO2HBGFo/QgHVl0UJqvynuN&#10;dmOxbEhIdSe2Z02W3929KyLZoN2RVXZsPi/6CQcJz2n+aTmumbREq4qfoODoAsnESfQnBq6TMhlb&#10;sksLjkME4gCJSBgHB2T32AHZ3NpGTPFZG4l0D+20VnBjxpbXK2lPdE9bEtf7YFQiXMy1CGZ7wCII&#10;cgtYASXaG7oz1kflWD4AclIv+2j9ZLaxIPujf1QvPmNeMT9TxyDqofc7tI5cyjxL72cw6Tj8l6bx&#10;wFguRrNPvSY7jTJC/cQUgyNUhMuWW1ki4grLzYcwZwUzE0vVWbeWXT0oUWUxT5ovOOdBQIMsmX2w&#10;DjOfI0of9DHStdCC6GQiWwbCCOOwBAi3PyDmSuwriE5hVVwSbc05wGMDKZu6fjzsM+5MY/7h2e5T&#10;rR3ejUVQP5+wszFCTFn7PzbiBoyZ9cDXfRFUmauI1DDmTg0h/KWwMKVKc4alPEwJy33g/4fUsUaE&#10;hCn159dPHJYUIg/dmykMOaE8x/EljCgMRwpIEA1giv1ZjOp1uEGZjMzABAiXHVYeEER92JPMxV1a&#10;tMc9xdcpOQzFh23pMSKGFTen1o+IwRaPRIXFMU+y1YXBY8dACFnAwAgvITQhQ+pAuLYZMgzEsDdU&#10;YgjwLGU4pyGDpa7yzT0nKmBRa8zAnK5I3o0GuH+cqwtd4OkKjyosHSEDR9wduBbGmhYyp6mQWbgL&#10;h1xkWocI1ryMSWfEQKaEXZObFTEIWzIYEUN3mAGDRCyEmO5/bQ8sWAzpKmDI88MTSc+CDkxpIjtl&#10;byZC8Ik9QCeMGCSX49wjYpBppIBHxCBXH9jAjhjIRDjrdWNBs263ydDiiBi+CoN2QdzNsKYWYWES&#10;lccBjkX4HFvUVK+E1d7nORZBHPQg1ZzPFeJjEQRFTxVmhD0WK5XgGfashj0RLnJJ6m4UVe4aCphh&#10;vXkls93V/IaRDGKLsgGjBSNqpGHvFV2wxzNBuZU8D4e9q7GW9S9fshJ7ccISqlBvn3NKNZdA5GXV&#10;/FgiND0N2MvXUJlBWBNAGGqtuDd2reMF6cPVg28EcmiITlqBOSAVHAvCkqwEBFmvrhN/y5x0x5eW&#10;s55yDMbjIsXwzkwr7jcZWK9/gFYFzUHmc7wUTjsDxtu2KkGOVwKGakkxViWCM1qsSICKgwS6J4aq&#10;7MWh4I04KfjEtIKzzc9kej2kZZusoWAmtZBySgpWJOUVaWX7kEcv/ySLMPPSR08EAsJI8JURFgN5&#10;yHyiyF4fshwy1dUUAYc34vsvkh7h391KNNx8jrAc6TfM0FE0hmi3wvDkzpZwB0wslJTvwJg+QMYY&#10;wRqY3BtzNMxKPEMxt54tsDsatyQg9hjwnGNitLhQMUYYVI45Gq45XpESfCt7y8pIBAxiDBwWQhPH&#10;SFDYO8QUSRPmBhklnhLFlTDbAqPs9ioNAR+aWeamsjZvAz3IdocDY4sMzTlRd0seSHkOJoya0ea7&#10;FUPmeCbJMfc1AiD1qbiOkiPkO4S7ijZiHKm7Oatl5qGLTGmR8tBVb/YhBOM50bqpZ7toOfug+aGs&#10;Hvmfgn3uiqT017oKeVSODHKiq5a7YilbVS3knngciSIQjdhW5KVA0UgfMkIxsth4c0hqa4TAeKUC&#10;G2lk6/ObkVVbGwZctDYFwiGiz6fWrJ8TIeolKhPDzEEqxmdEtqgYaUuisYpsV2LVRGCaFyYzq2H0&#10;iuwd29gAsCJbW9+MTQ7yPeQwIjxhMJ/R7RHZ5uAlZaUDg4mhuHHEsbbZiJ5PGJKAl5gZD6+DmSOw&#10;nYjBTPyXMZiRNs7QE0UObIwNdOx4rrrkeWAsNBhXW0dXvqr0EIzRWoo/NY5tPo+c7SViexEW8yhR&#10;tKcKuvCC7YOIwG4GMx2x/o1hG1GyN9MWxB32GlSzl0j1y/pgIVb3FL51HD3AGtzW9Zg5jaUFX85d&#10;sbRjXRH1GUxbHlbCMNsVTOcARdtmrQhVoiV1XsC2AMzjic2AnRBzE5XvFtZMDTgqmE7FVL/ZwfSE&#10;K5j23OplptyCqgYTqzfo6OguOeZ4DuteanZF0+snTtuaZcB55a6i6RwmtGyKyQlP4u2E0z6u8K8c&#10;qUNoZdCFEU67vi0Gq8JpKborpT3H1zk9K7KoqeB4TEfsT1CPFU+h0dGTO0+E5ftUzDDLnh2ZNDWG&#10;WO5lfaWHIbT/PK7CpiLc9dxYbq7jOZcRn06yMYFN0LFESwsvh/3AROzE8CQhHPEsutnGOBHexeIr&#10;SaLHUGIwejrSE4Y9MxHV22nOIM5TF5NwzkIiIp4FD5h5DE4st3YLRoWJqQJjYu7QLIaZVcwk145i&#10;wYc+mgLS7lkGbljqqwzcCEntMvDs0mVghiwX2jBW11SUIcZuNIYxiCxSB/bwk/AvVfrUgQ8ETgjF&#10;0HZm/4yo3QhmXZKwdRmYWT0YG2VgrKdX7WYZ2MLMC5GfdWCvE3BfJWUFHT4g26HltxJsmWUh+52l&#10;YOsqdwTWdWNnzINPGA8HINKTZEIX23hMxyadMPRSf3GaI/oycnUi3bEh827ZpWEId88cohpgIVJu&#10;9hyZmF3eM2Ovyk23agZVLY7Q8EVkI8YEyKklGgejD4jxwLCam74k5UIEglB2xyKkRG15ADLMHtxF&#10;givTAiixFGsWAR85da8gcsJEBzDWDqMFbLJDzW2t8I7Qp9hqIQFe3Qh76EDaQG0vGK+NhEZkkwBB&#10;QZdiIRwIJobmjUDcHzKMoP+lx8N5s2GC1npQH87+05ygCXwjYBSU7xLCtZcucMEEk/0zBr9nEO2t&#10;N+02cTqxeOBYNvISa0M8FqxF302jG5MiuWuBSg76UoRW4l2USZY9iJGDQdGRIovm95RFe8/g26b5&#10;gE9mTPbAZpqZw0nqGRnznr1CxjzDYcSCWTHtao7CIFQ8h2hlhr1+ccws7D0TYW5D2B4d9zqZLF7d&#10;ZOTaK5RKyUvtm7DKVD1GC2vyjE0gzWVKerAKq+HMYQ47YOagmp7ZR4shkaafzjXhkhtXwQ4rehRX&#10;vU6v4Seg9vyjMYpcKvREjRynMuuAcQxEC44xMPBOQ5jZ3VDsgCNxNJPDnIalE/Fo01wt3Dl6Ikje&#10;jvJ5wXqlCP7AGN73mLfoaNH9dR1S1Q4MDVjxSSeXhsZ6PcyjjYezjR3xNQmr2ejvDrdqZQRnwSzo&#10;uLyJujK0IZ0ptR3QC2hyXfBZhWiboPYtOi7gRZcwYfJids4eowVylZZafEfAaJr+Q9OL6HzA0qQ1&#10;mYhjmWyHQvJl2XTARezxjAyFaYUR0TzVmkA2niB1Zndsqi078YqOTYz733qpamvFvN6hC/ZcY8LY&#10;sh1tZeLRAh1Av2ih7thSd+/fdu8N26MM0WzBnNVP96J+e8VWHX0Qk9AeTKJk8yV0CANkWsa8Rv+e&#10;eXDh6ZgPe+4p1Rhd1rCBbuSgSD7ELpSWyw956oQosx20TZJeGCZUZGOz4a6ZpqYyhgBna0tNqcbf&#10;DDDRsdZWq9UIwRwbsIa7Xmt0yHFH7N+XDSzvg0TFrmM96jClEWzHXSaY8ink0KMKGUvllLxhmcca&#10;ZNNsgXnR9QITRIcQ405AD5bsgBty37QMxAdym0lMpmGHRRmfLEazcQPitVhy3J2LvNtS4SmEHWsZ&#10;KqlMGXCWxZzGIh7gIjtPqEB4iW5TxiFjuzMUVIBZPHHI6YQIDhxi1Lz/jJs8YzAfqJcYhIEJaard&#10;dhSsqlEF4VHqjYwWr010lGQ+g/kc5S+LTmbHiqHNcC4xMjulDCDw3gnP+Y+hxRAv7/Kq1IfAM/hD&#10;fzlbIAQG0CxXXUtd3w5TAKGCO4wTc1qa2mTRx0Mftw8WY4+AP3MQnpLopLLvE8iBp8RA1mjTFowl&#10;Xt9EMTI0pjxgeJ9Q8MAwlro9R3B/hcccBTur++aYowXeIdHnGGHAYw5PHqpFUXGMUHQfcxRcc3ih&#10;yUuyHti6MmRWhpoEqBZQQT4EXNGFcwyr1tEGCdtDPz1akLltbhqK7r0Us53dor8KRZTLrMhfji8a&#10;oywhgLFAOAYNCKlvJQ14FmErNaGCmJ12jsEaEx1ggSiiOQZ2NRpOUq7Vs5ASaWvraZaXqLdgx2AX&#10;WeKQJRPquDfYaN2TpSbLOoSJZJQ7VWdhymGNAtfCBKFe8J3CxBQ5g211/J7lKSeYNcX2VaBIuchr&#10;GN5vgImGjiyP/D03CA7lQYQ8G1V7XBcNsjO9HE9ClhjjsV6PEnIwN1qQzi2xrOWBPClYrZxihcwl&#10;SJVNG1XMxlDZIPVMksaCPdXyZcZcs24D5RxrImXkBzvkGOi/dMyleLTkWcEZg8uF49OdeoiR4s0J&#10;g+YbU3Ox09BMUrDU2oIDQyb5SvY5nPA8DkKcqcDa6wuvw3/TCoMkb4JjfuE/AYgnkJq7umZ2YLA4&#10;tGEkwzSVh+S9MQR2LxO6Hoc2X0bObERBORCEqQY/zgZT3chC2I3pw/fy08S/xOUMDJdvXsocNe+G&#10;4TLZbKpmswUaQ3vIR4s9rhGq8W0d2CIp+y9kbZLgwXezHSqH1gYqKDDNWamXV1VhLzW4dsyEBhDD&#10;YeHVFjcNYBuBvBdrAN2wUzJGzEIZEs+XltxawBh4fjJgSH4mWDkw6CVBh4X71OSH+JrAG3I17Byq&#10;uOJaIi8bY9lLob3vfma8HZA7ra+2yo1guyq1EnZbtAf6dyjNmhTtacjCdHM1HP3ShxHwQ79szIKb&#10;lKKk3Jng83RVRiL0or38qxcCvMxJZD8Q1AzgD+oziMcS4Gy8ICh5voNkzcWAUtgirZ6Fp4oIcdSs&#10;QvCGf0riswrhQaThISbL62iAowKhs3ohCUcFwuJhBQZUrNTCA0EahgbQHfODDkOfZgQ6zhgTMN0k&#10;e69/R0+9LRNdzOFDr0jdBIbmKvWOBvCgzouxdOwIK7QCMVaEUc1BAizoRcskpmJno1rmfpqGCGoz&#10;DcvGjg2uMgRUn3ciQSMCY7QxBsE9uk844YExgTG9dZyHK5kw+hDuHxj4pG2aI7QGzTkKhpKkmI7Z&#10;LZBir6l4PpcRJjznmJimYo6AXXHxc46CmUNZITyMrhOOuDL2HEfqAVzdrFOClSMcLUrAFM+IVUCp&#10;dN+V8H6OrrilplO6MnJvBGpFOrzcYnvTeFbVGLYI/U11PCfNSAUj5bKxaTu0VYkBCoCtsTIGFiC3&#10;lZETw2hlzSSgnN9uQqyN0EMjIoopXXOlsECpYP/MPvo5+u9hmLIv2/Fm/DcVjCqKEFsnuAtCgrGm&#10;LEYfZ/XfeoIuyRP7RPGyTpahWPfKt76wOUJl1SWsgcTcehoIuhvKmCTgeCdnyRE8lGxGswbiEd4z&#10;HAh9gh8hkfNVPrSCgojiZX0HwQ7WLBRjj+rqXpeFKUUKI0zMxNpSg6s27PUnDBtdip080V6YcgTS&#10;XlZU7MXKdWDYHE/nkLd74ngKBtouhIcXqyUF/bCAJ5OfsI4hGOyhwUNhE0IDs7XylLdPK20XxAew&#10;b47Qz5E33Yn1gGM/cdu+797b69JNdQacgpest+yO1k4Yqal6BFxYtBpMp6FRLVQDxLYxqT7pgaEv&#10;kanVqMBGuUXgganajFm0IxgXq4zKmSNgxdhmiTSBVNBJRXEw8pXRpcM9VI7jFHWSaFUKs67T5wU7&#10;BkvSSIwW+naNMEvjzXuWOmCFObNODDG2RoI5NC9zpV94wRzkP7y1Qgu8JhIBd0jQfHFjYKCc0Mfs&#10;z+0kd8B5ojMEsPLLUx7zChV2wIyKa/Qod2CSXpMvqGV3nbnpduCa1R4DAxcgHNA3vuauAj9keMLb&#10;bAkp3k56o+3BSEMlIZuXbDV/hBmEcAiuVLUxY1n7oYHOiJyb1/VzIgA3OxtmlDNgSPYNADpMDGIq&#10;G4gHkla13XHNhq7TLhEn+Y2JYZe8aRg1gWNfuC41Jv3sQ2s8+0B7K3MDY0hsJD+lITm48jLNsQEJ&#10;VSmXYN3VncOQs/1aVGt0ngGriMOsfJkUMkwV7YAcs8NQ4R0LyTJ+ZCkG44LlIMimtNCHGeNg7plY&#10;tp/TS7NF79T0kznJY0hmKcw3MWZC2caBoY9vB/FmAHNAUk9pxoeAHFNyxugt+PnczKR05qG56kz7&#10;xCXqCU9t7+G0fDOGRckluEMYglcTjgWpHFS+D4NCElrGuJ+TgWFp1OvUTJKz2p5QuyQVZqrGmJsF&#10;CStRTfmbiMtTS4lMQaMliSoMdn0IjlxSGyZCAg0DFaycNALvZMVVj0iJDqa1LPv2PTPC1Wc2FtuJ&#10;Fph8KyjuNjxm27zxMrb9OzmIj4NYL18pPBaUTGgJChNEF4ZpFJ/oNRteFSXDPLWS8JPkm6mwVSa4&#10;vVT+cJg9QKJ3mIQ1HQgNqhf3RecFSRLPsNKtUoA0EN6c01qJIY3p/9JaPRham+PBaWyRykCgIScY&#10;8ZnSfTpoeHthDMGp6ad1ifAWcAKpVLkkzBLnCaNpkj24YUiUEHN5xz0wFnMUXuauYtlkKsuGcbLw&#10;M5uTXRKkeNPHlBHTIeuJG61B5I6Zc02YwlFqe0aze/z2xBDavBTUHoVeX8atuczIWMd0CGY43vsb&#10;GPuZk7H4dgjqHqsFLoegvlf6UTDbhPKY580W6FqShfIHql7A4Q4mIt5A6BUKyseXnCKuTqOKuVgP&#10;N9XpOIORuw5nYANPD9tKuPB4+DIqDMDePzXOhYgFHd4bZzDh6QwOTDkDZ06FtORaCp8ptSEmSbfZ&#10;ct6jnXINB9EGhJApPzNcYjCrJzNtDlu1gmG43RJXW5FCVqNra4vW7CY4C5XxBOmpIdfIqUHQU38r&#10;wvw6ZxLZD7jKv3xUT/t4+l4e4esNPvtmoQYIN2E5HGflt1FI3PCNpOUsYbRIHYIw2ue+64OFocVO&#10;mDkw5xHyNhChjOo7ntuDjJIlDMwZ1hqeHu9RbOOnJ+TZwQbE2FYhBEMjsEd1g0ZmIFzydEhMSpbA&#10;hhR+KOVp4EosbJFL2DKuPYhcRRD6JljGkGI5qD0T/7DbRprssS+0Pus8E4zx+sDYYsBJoydMrMXU&#10;TDHHIMfQB1MIsVrnHLm5AOyLv9LgW5gSdWByfeUE7xgAn2v27SFsD+11LdwzpMSqxLWT1RVy7xhx&#10;j5DtkBhcxNNIdIAopB70AIlAurnvy+dN0z5R9kDcz8NwRYUOegVesQU2vnACOIr799VfP+VjMdYT&#10;WV6KwYE5I47DATHufdBWuynGt/zt8GBLfg5+YqucgpM/GGYLMU7pR7iOHsZvvn1cdrOIMj/OG7Yd&#10;wisHwrxWnhEsvglXeMOQvokRhPLgOjMFe9kdakoDoqTUtCjOIHoGwsB6XT+1g3+Q5o2AXlCXX6vw&#10;qpgYFDCnJIjqBNE3NjRf3SGCsP3gEyMhiAejzd4kEVIQVXv4XZ5adRGJqLKdk7Op1Uoi5SPGJrpG&#10;AGuOUryBUTVJCWaLM7wQnzDHbGEV4DwmEoc/G7rrG9deNDn3MLCgR9skWxRswu5eFNX2IEzKZsAT&#10;hRYY/5AWeb/SWinrs4dw9XiyIm5zxP94zGvpwRY1gvGvu4G9gMv2wMNnu+ByjglJ/zDEo0UOirEg&#10;A7YHgb/cg9/eOU/1lXDFDYwAeJyWDZ2qQVD/IoJRmVSv3MuCXpUxB8FULk0DVN42hNYyEbeBMUe2&#10;BnaG8ZiBH1hYqcKRNsYxznBZZ/SfMG4YiFq5120GxpV6eH6GIfpkbGG3zJ3G9uQybknAPjsZvwcW&#10;4UWpeV+JDdHvKM36HRExXMAoWmCkN88JVoX179CJBqk5YnxvTPnXzQAu0Cfo62p+wkuhtgO6SvAl&#10;xoxeJ/BiS7l1grNQgUgHtOjAmDg7gEDOgvBIJDDctYE7LIyGBS7pB1Or0KRLNUZOmjBAOSGwNiMF&#10;PE40oX02IBTjRz48LtIOC/vaSo6PcLN8kQTvUvYUYSdCEuOLebYgqi04CmcAWj0s/rsMI/HqgSQU&#10;iItggFTbfExAU3DZCTE1JF8dqh7dITaex1judCjLZRoTmPCV5oQMCgwTmHsKG1EJL3VPRAwJdTBZ&#10;A7Du2BYxXcDUdQK3NQXDfxXGvTrB2W3h7sEeumo8IcGCH2x7UVMRtrYibNYobIFduF4SEIP9FREL&#10;D2REIOgLRzw1BRP2Y5g1g8memDpGtEgrn4VlGzAtMwKibQ8xYwo5c4Lj6oRdBTS1ycYvy2qIYCg7&#10;PHCegY3OgH3rQ9gwpaawYBRM3Ct2NiIIUSojPfRwPvdFturhN0aDyfZhfZoI03Y68IWHfjymyEd0&#10;HaI7uO81pGpBpGmsxHO/FlVTLJopMKhtoql8opl8188oGBl5tEChiL2JlIMpbmPqjZWoHdrSFm6e&#10;pURJZtdRUGYQERkUgwwK9/MAd/LCNGft1fyOKAbDPtBaGRBMQUg48geco5a00OrZQoJpEGFSyAqE&#10;yjyFvJ4gcG7V0dyvGfg8R8nC2UZgWF3t/T5iWoRDtNCm2gNtdsIydkrx7IEDtYVj2yLGDBBWBow0&#10;I8aoWE0Ru06HXAuyQ6ybcHWIlQCsWNIGxeSYJkC+7ZcJzeCdgS/BFEysWDNwfb4wDGULrwtKYi7h&#10;CcfAQuNoH8sjzcXGMmXAtYelX4DJDh3QAky4oo4KNwm+uC+89ISwpCgyErCDrxlUgyE4tY9RjrMc&#10;edCUDiw2HeB3YGvXzoDaCHvKUFNYD4lkqpK0MKhHUONkAEMxZY8KuEVIUZX4bG71M7DGVThejecY&#10;k5rAzxylhW6KFl44FvavsKfgwt6IqB6+dy3m2WxJvgT8QqjsYYqiOi7YBHuQgMaJoKB6X+GwARhq&#10;AxM9RIHRpOphEVOMZTpb+K0H4XvmNGaRLZhbtqR6+NWKYBQOGjQRuVoWWKLp0DqHVWgL7WmhPYYF&#10;128HbkNVB6JihhvRwQP6AXSdBjWPgmM29HyxfbTwswS2SNwv3K7KZWPJlgQdVjeG7TO6sMM9+RIt&#10;wgbg0SP+HLjSY8eICIJJSCDcI6i3Pg+jeM72wigxiY1IUr2nKdxE+WKUsALDU2as9p4BidGL+pzz&#10;jMDe8ggckSITJaStHgb4RhkJbu3RIHwOpKLztLZODEYkGHxgWlCBE87dK57LRCC8d41v4CBmS3bE&#10;82iRxa6iMA6DoAcX3R1qRquOFM8cMXw1/641+AUUR0xMmedFAbo4hoh41Y2rjBDvTLDWXLtFxIm9&#10;+FuTKrqO+eg5PNoMXJ6STxMHfJJdVIc9FpDqXeIivHG0gpQO52OIsMDghJxlsKLZBKDqKST76k6e&#10;JmTR2RcIM2p4EzYb1D1DXHd3qGtL8CSKz/RlGhgynwJlBbkCosBHwK0yVXxh6uGI3gevOagu1RyJ&#10;tBiTxdlCbZRIb0WGSGSuucSeiEGFfB6NAEqqDZx9MmmtoBmmhM+E4/pGlx2bbMJbTDLxME73BUtn&#10;wD1kBita1cLoxxZ1y18n614foT+YcMZkQXkC7tg/N+aAjbftocGrObxQjA3GY7hOQ9aCTY8SFGdE&#10;rHf3INLI5mrP5SUwsusIuY4kLFGAqLVTePtR1rEJhiAkIFGqOv0xgRGkXm+gYntsrK6Bmv0CI8yc&#10;PdG2Rd6mBq662exBYlW1ucKYKfuKyBhz5MHCBqTMkTFcJqbTNWCkY3NxGSERbhxZWBIzxlxaCM2E&#10;rQgqp26HhQtEIGOWyOTyIbAvNPicRfasTzxRMAqJI2g9TF5roc9E5kgtCy4yTeHUPKtLdqgEBIti&#10;rdXCRFSJrAgFLOb5jog96sot3qR1dyGosYcXhvO8TlTBeMYRK5lyCezPCFpuJZuiYlvNfj0FTL5o&#10;jl3NW5AWouIUcRbJKIgFEoFp68vuGTEpAlBlQMMI+ZQ3cK7YQwP3K/P8gW7UOqzs2cP3D2qljuAB&#10;gUJUBRhh35ysHpUjoLFKLrwqH4WZMSaSd9lTNLIkGYxfFXGMp36TLa4oCg3VdX/Z8srPceNorUWY&#10;jVjMBJ0UBP6IWZKpGv0XGLUmUsAlWFF5tFqnojqKMOqP9xtnyQXYD3kLe2ruyqiso8UDI8wdiJ+F&#10;Ldp87uER0Jyji0tnmvW99jjWVd74gC1HnZ+77vDCAxikmSqMn9GHFSB8gdQ6TYTvBHs35F/RwlMu&#10;W1Stx3sRr9SwyuP5Ski+AUi9iU+FShhXFRDNLLa+EYaoEMP4Ve3FjAcz6qfircT5HcRaSm0ISpNb&#10;rV1w5MSChpEkgnHeEcDgRHKQAyXHzyHqvUYVDdCQdtbE6NCXJaj8eCmXymiZ2dHD4wrcjILj2YDP&#10;vdYOTWC0SAMj7NnAGfa8QfhRic+pRUz5hI85agTUd9gKzSRZIQwzMujyMEegxk+a3RQ5OenrTIm6&#10;T2rWuUQmK6n7wEIlOfeYh2S21MjaljwwSoFSkSmPDgZmDtBpBp6JreP/3Sqv0aBvlpu5uwD8SX7K&#10;yhq8YRIp3Kv+WlmMiiauMWM3xmHAUYVjeZWedYUyH3/XZo5CH362wCem1Kf3yv+oHcYwjDMQ4Lsl&#10;Fc5INAfek3wZLPDccpi7yWV2ZHCckgh7GDzGHBVPYaasDqyeBrUsaSoisDwIt4s8Lzus8D2HeGYt&#10;edTLdxcaU+fwsD2ZqfYKHTWZ05zNcEBExQuWBj0k11ZpZ5F941WsK3NDF9mzmQRduXMITIWisjIw&#10;j5RauzqEW/cym6c7cXLAOn9AXz5mqSD8iOE8/pkwU7GPfuXHUoeHOxFbnitKts/xkNQbXgDnMjGw&#10;ZlC4v6+HuU7I0hiv4RuDAypkp6f2lyIUIrsFk000mNGLKFKQyz7AdyyzsFfWag18fLMxuEBa+G5V&#10;tWhYB5ceMdFzFY5RLWpV1jtl7Fgl7gxBcA6LrSUSHmp58d8IlVV4juZO+VqvO2G9ww6YzAguxid7&#10;R5obogivsneYVrMhegjbA3umf/MVAQ0ZlzAUF6Igb7H5ITFfxVcYrCzTYWBoYVr4/wc58e/2XtMY&#10;I3ghicuLgXPdnhdL3HOfi3cG7GBcrkGFNBg269aRGpSTG0EePzVIe84G+PZHEA+rdNw4yg86yE/C&#10;bc8SKrBANytZ8G53h9HWJQQj8TQw5AJOlW/qCFeKkutgDswMuIblW08qkVdk8vZpx2gdnvo+qhRj&#10;JVRdwYwI3GcVYQEgS3cJ7kLa50UjwKWjwnzRhDtWrNzhjJ5pD0IxTOTjCoDNFYXdb41L1YSNnSqs&#10;dDH2QIW0A5gjXmAPjDJrv7zOYgHB3+pwCi2eOy9zHJIANGmrQqc5UjKkGRhdtEdpr5UTvyeowfJL&#10;ZZZ77rGq7ENqZlr+cqqMna0kJjcE8V4+zsXfBfHtfr2sr+oEbjssxmXQAurSIlmlsOtQAdwaYBgj&#10;VWCycGZFDp3DL6HZQoMXWN5iJ8mj7AAREXkPlthdHXk6cChXNN5UMVdVGkGD2gwsKbTZwQ+IyAcu&#10;awd+JS0kROsYHx1IVoB6qvlyKmWMolU44snMmBBpAoFZymbop4XDGFgaGoEjwViCCiBpkR95Y3vM&#10;g+1xS3YLsYacwF6gdsS6Q5TtC9kSQwP2/xyOIzDe21LEjCkk6oTR2ARuIYxM+bzhMjaMqTlziGw3&#10;Rjk0ILURGA9fawoNolPQoTGpYs0pEEYi7EhxRArxxRoVUWCZA4z5MD14dy2wH74L7O6jSr0XNJBI&#10;EO4dUCmiH4YSTPUQl8wgRdBzNG+9UWPtbv4mwUMRPaywB3rSfIvxAI5JVhENNYFHCctvYVePJfJi&#10;C2lSZUtVXxaEgL0UEFXuOfAL0QJa8tcWhq1p0aHDHTGR8R6MOYcCVVtR8StwDpVoYcHH53poe0B9&#10;9+iKzmI6nDl6hJZhvwOaHmMK37USoaVJh5zwAOv+HAAzkOdVehUT5aYFkpgWCVbMZGUVC3dzLJXV&#10;ZsuJGkJFSYOSn3xowPadMY6jbBhk7MIQprE0kKMBsS+Bh4zjgWrVfkHdFjtzZ7dqkR5oB4zrsS5W&#10;EgvDWqZ9ycAW8a8M0P0JkDOevzxXu+2laWfwA/h2qHIhIo59FfaacwQa51Q9fMckmCiBRr6E1sya&#10;Dl7IjUTDxeqQo3CENN8UpIXZoy18u90e92yd7qmWDSbGHQ3V59oiRKKP2UvmiI1UoWsr4IDhED4x&#10;N7w0HyEbn0kLFaMK2NOpikmhozBEnipfYlWC6jYofnZfT2+RAafmx2zi+NvyegpTnj9HYbTwtp+x&#10;hGVje/gd5sQWDCwrDFWrhzokWfl5N6ZIJR7YH7I4xccs3ddDgjE4EI42MhKulnxV5mRPWWo1yLUw&#10;OKGDqQa+v+gQVTNgS8Nd4FQdBmxNZGyYy2DBxhcSlWVBpMkqsDfOfW6A5LLgpRF4Y4STnvwM7EvF&#10;9PAqOasi7POnWr147UsHCfI1m94r12IcgSKBXuK4EVEDk4nSAndhyDEDQSwHJpspfMNQ9aNFonau&#10;pueUg4i4PjbToaaWukJLzygckrhKW41P9pcyTLJyHwuXmxOqLiYwRWNmMUEvznKELSb8a4iAR8ph&#10;J2YS5dciZmpI+JlDjCZSsinJaTzNb3QJXBc3+OogO9FkOEccgUbLSlyoUQst6j17huygu2DSIJ1Y&#10;P7fHgXma5ALniHPwFthlF2dtD+81M40R9gWYM+y7WwOuHn7OZGDsMeB8AAr4rpwzYu8Wy9Q3DIzL&#10;VtiEk2wAe+NhwDVHfgiR/cw1v09UuyY+tPWpvedE0oRJNMujRfEFWnQIwMWFko/i08PcYEjM5ENL&#10;0OTD0WNwpvT4WDerYXUIBNmCmYwCkUoz2500jeRCl8A7CQYGQ4IggnTEWHpghHO6jBR6TUiYdQ4R&#10;rA7u+8CcGuRwmfbjsbAdKgXyKlMuDrbyCefIEZm1kkQ9rH4GR13zKHxghFUY4VwknAMcPXSFllWo&#10;gOm46KE2e7Ewn0oHVpsHLFEHxns6ZzhXEU/Pqxh1QvgVTzsUkahHwzLcKYRriq8tBhH+HIjaO8ZA&#10;mFQUOGHgbHVoQQGGNgv3BcjBq0I4gPnraHCGTYQlogyClxPzaRKslEcswslzMCAeUgr3eRstfDtV&#10;jOGKr9xo10aLM9zXGU8t8nodsM7QHgP2MygDlqrvW3ztMebso3R6eJ933pgDrnUgPHDAEQfcdyZZ&#10;mUbS0pvHrZrKgquoLHzHpY8ytlTpX6F7lPaA0YCfAft2IrzNb8ZQqTW8QixxY976y8HpVCzWWm4M&#10;jJn/uHWp5miCz3BU7eiAnSdMtUFdG6zawAFDINGYcJ8oo/6e/IqpF9rZvEglvhW8Zs9vrUqkl+1Z&#10;dJtOK+sW54fZmqumOOA9GmHiBDok+ZZLHJMljDGslU1VffaQwRvcwp7y2wOjYwezN6ScsNTvTAjn&#10;VRy8ucVH3rVD+isENL+3B47CwpAvimHF8jM4es42rcLe7XAVJKUI/NECmxOiqoXvqpkAnHtQdiGI&#10;mj1YlhdQhPPJPAMh3Jo0jFSb/aWWKCaXCllWLo6yDt9+saDtEdxYpwunRmwHXK2xVR/YyBmP2HME&#10;5OYA3yq89lCoMflNvBPsNTmDrR6yqJK1ud46KtzwtjaDfe7kCdmQqA5cqb141OovotpAxhWjDFcT&#10;17TXscWmWCNSnmhPRnWBStjvncp86jdZeGEMMbJbtZ+CvokJ32w8lMDdt8SBR/KnWHyqp/BLkDLM&#10;n2Gx9YGp1lQEkJHPrZEnHKytSwOH2GAd4wWAFaxpbnsD7WCAf9r04VkGOzt8knveFimCDKjE+DOq&#10;Tmke46lFR2REu5hNGyw4YqfQu7WoaqdiXZtGRxx2iFjFmL3DQsUsVAP7JR9H8DVPe3hUC6K3cA5p&#10;XVqDTXRMXO3pTv8mxsCM45wTnM8unGCi0UxRVNNBxFgE4F3BpX38FHB/Tu+EyTdIJ4xOFEnVweP8&#10;mqD9r28NmtMPV+grNO1Ow0bfoqpiCZyOj+ftHbN9eyQq8GVu0+n5HJVn+fKpovydF2v8ZRdhX96s&#10;X9cKqL3m1Rzf3q69NXL3N2L5SB0NOnDhhC7fi0JUc03fV5fxE/bAxpH6+POuOVoeM3ptIQ68/bN3&#10;f2uKdmOcROUVvXYxHFTlAxfsNfaMQjsWMZnPiPixLX6IwQo4y/jgwidMYEnUt3Tb1MIwKRFQi+iS&#10;hP3Kr1OQBWv4MLL5OpdJF1K2kymaEbKG3CmwA3xQYMmZvGOwU3RF5AtEJwvMlyXyykXB/NYpltcS&#10;AtuBd/GEBROT0/ITBgvp5Rck1VfK4oVwEZylpxaHSViQCouUXiCpnagaEXxkjxIvdDkPPQCGQaeD&#10;IV9kWj6g/WPhDSYO2FjJoNgXq+A+OU4vwVfbRLjkLFFQcxMQT+2bb4mJzK/hlS9rwUyyBXnk55Z8&#10;GeuhFTDfpsV4e+7gqi98GYHJd1XE9wP9zRFhb3bkOxS4NjfODyQxB0eBbqkY98F38TlcBLYIKgxb&#10;sbduva8pVg/cdjBWtY4xNbi+gchprcYSn+FXulwHK1IDEDAv4IRunfuESVadUgP+/1j7EvgoijTe&#10;EWaqqrvnDjOZoycORyCcCZBwn0I4wyFBzlUIEG6IciguiKAuriKi4roKLHKpUdhlWRRWRPGCBTzA&#10;qKgsnhxiBMQgIMjx/l/NdIJDpvMe+5rfn+o6+qvvqq+qq3s65BwkOD2+NUpIVfRjVsrjA70gANVh&#10;gF/dBVRD96ggicfiaEErDTgcpjL6SC0xKZnGCJBBu1xuPIql17RJbtrKhA9iIY1fViJPzzWMPMlN&#10;Kw8iabSoyMvvK1xVL12cSNAfzMFvsHD/TMqHWxGLGCqI/pSllzkoTx+qpB4qLqASysd4iLWo4KDi&#10;CliFlmKgQe9YUwv6ggKelpOY9FNF+jiHwTJ1QeFeFoBHytE2Kl0ubU9LDNIBbZFTpKkgQAsZ4pnW&#10;FHQ9FgDwAeqPNrvwvqj0zJiWyI+ohGIRtYjl6VEA+ZNxBfwOBor1QTvaFM3IckYXyNJ7T5Snx0r4&#10;7jZEk95hSIUXFGgjilrQW4X05wzp0RRJJcXAKw30W2fqgiYx6gLqgmtSXv52Cl5B7+pRnjwWTkOb&#10;qrELZAGGESiU64kGJAYBtacwRn/Wkb6vFLtAUsQ0EfseT2wfjv6MN6SkD2dgyYsLMLrktiyVUKCM&#10;v/pAn4vC3/yUs6f8VAC9EEtDpvxFBvoDEfQgxJjh6Q800DtpxoKI/qCEXGrGlrtgCQX0MryxzpN/&#10;UEKuGWABGoXy/Q4iQF4WEyLONEroSTG1oO810yKdngyX81z+gkw5zfitAH0yhF7oofslOFK5npGF&#10;DqWeKBCBqfhtHl1A/hO/Z6u4HmMMo5EUiwWN3HxCxIJCKnhACIDCKniE3EYPkiKklAMfo03ezMTu&#10;4itYgv/JJy7UZ3O594S4JaXE7EkvNdIGGQZH3DmM/bOYrcmbjA0U8j8aZcYWjDEIKzZ1jIFNJTRx&#10;G8GnPI+QKV+YLt84oiAa22iibSLK0TxM7WnTj6IbhVojD54wNdALMMRD7KfG8hEg3nqQf0GYVlDy&#10;+lge7WmVBmeg9vI7R/QCDdyxXCb4HX1ch/Kxn3HIn03LDTjwQIrHSpNezCYe6B1Q+sE/eS5tyMV+&#10;SRQriRXA5DILJ5AN4CMyj8EUy0tbg4R89Qwk6KUIahF7Uo+5iKIb8rRAkXt+uM0iMVAiN5roeSkU&#10;i7x8OgYKNPfSz5bphpSuoD0cuoIEJlXSHo1sQBOhzMKmVE0vqMsn97QmoAK5e4oFInk0LaClXmgB&#10;KbM59PwGr3HQ64HUHiamh4r0DiVFTMrTKoPyICzztO1Mebm2pxJ6z4reDsCWgsxKDjCepdpQjYby&#10;lUoMcOoC/kZqwIY8vVNKeZzH9qkx4ClPQVpurstbYWxAgD3YBqs0utukfI58th4LR3RF7N1mhAy5&#10;7KUS+kEmLY4ocNGPznPkegtTuVxYYPIDN7S2yopFQEQ+upPH15zk3ExzNH24n1Zo9AMhmtPppWVj&#10;xYa/uUyCVxTgj0LHCsoXTLS6kv/w24xJcHGMT1oEwPnphWD6UgGYo8CPEml9zJcUt67N010TaY4W&#10;M4hntDInVeM6+nkU5WMf/qDtC8rTdCH9iz74RquCeAkt4iAwrYcgnvwOEfL0AiX9JWL50SRao9Hq&#10;KJ5HpyhBiJBX0D2vXNXRJkH5FbQnRvUwq3QhdEZ/XJAK6K15ueyTJGmrA1nadkEtTf2x5RVu7mir&#10;LF5CYuF1PpnPIZ+9Kk9Pb4klKIyWMjQ70eIHefoFGeXpjfQ7ZQt6sGqUUAupmViDq7IVFGU9JiUY&#10;mfRkdAGvxgAjrmOapHUWdYmZAm4hZ0S5+qYrYmzTihNuTSGQ1hp0u0d5WsLRzhrNobErYG/6VCyV&#10;ZFMIKm+BsS3nL8MfDM0a9pd5isoxd0EEo3Bj1May5C4VDehZBOVj/cX8Q4Z1WjbQ3k3Mv2KbU0aJ&#10;XOzQLjda0Ca9nBnothx5ui2iLsimVILAJVcmBgU4jVzBkYXI2jQ1S9thtqGn8nQ7iQdMoEmOR9aH&#10;+uAFlKdYj11wespOXcRWBFSAhaBkIkbSyBtSIZxAi3QFpgs4Tg5SeuGcLEFbAUioQbnxURpbLYGV&#10;2LiJlZCtY2MCb0hKS2J84blIBUukMckjvAr3j3I9T1tWhgzw/Oa0mAEhelwClmilRYsX6oqGBNYH&#10;VzU3fCkWGai5MSRiJcQyfeKaOpCx6PehhG7kCqeOmT5jWmHBFDorGjVRbY7YQ2m7dmpm/2lFo/ML&#10;Z0SHZ/bv2i16q5qZO2tG9/wZBTMKo1TdPR9hDM0HxP7Gc4487dABf/+5aHLRtPzbC0bH2nWZ3jLa&#10;wqhEfbynVlf11G3m1NEzJhRNHXj37YXRbDWza9GUgglTo8Nxn4luBxRMHVcoM7iEbjslUJFXOHXc&#10;jPH4u9xqZrcJk2cUTotmdpsM9roWji4aU6iir5hwDrXHQy+16G/pnGK7tcufVl9cvnxYk3mW6pa6&#10;/7TOvVYFxCupYHhmfuHtBdMKiLFo5k2TC0ZPimZ2LbxzwujCLn2G9o6SAANuNcQhTRiKk2JUaEvN&#10;zO8cHVsweXohzvpE6a1KNbNff6Oo6HbjrF//PtGmauZN3ZtRR2MLZk6eoWbe0mXA1dkeA6+qG3h1&#10;VYVqyRT/j7zMmDYT3IGV2Mn/L07IUr/npH/BOHTUv2Ba4dQZ0ZakQhi4cHrRzGmjC6dHyf1Q0KVo&#10;6gzUT4/iSynIV0iGr6eU08uHIq6qakqTptFX35lTppPHUPsBcN0KCtSl0SpmJ+JouprZe8IYXEIM&#10;w6jgYCb4gzH6FI6ZUHBT0SyilhVtiV7ws7qrCWK+qKDYBWOJ/KUrDZKMrm3w+1usdxAy8YpHs5YN&#10;s5rWy8qqVx9Ui8ZU1QSjb8zM0fDpjP75fYumTSmYPOGPhdOajJ1WMKXwrqJpk+pfJRQmiAoeYlJ1&#10;KZhRMLloHKka4hmapkxewajCydPxsU8S9Sois6YVyp2d5mpW+RHFq2GYVMdGY2V4VwSBRNZGp8bL&#10;kMMd7+/LcGeBdWJiGX3/N7GsFTY0Esvog/UJZfhKO1yDjvJ+8ZYbloMJZfiLUIn8NccHJjA46ai4&#10;FiuHa8vomXR5uxnTCiZMLpwmA2E+NI/Xx+GoRUVwiphTZvacOrYIH8+UWszs2TU6vF3zQtxW4Ree&#10;LVqMbT6mAD/ezmrZelROQWGLMVhY5eQUdKi6hfSs6TMKps2Q5sCv9FrnqOnpuf26qRaPxWKxAwJQ&#10;ATdgHApO3MCvdSyW2TVj7ShvHBpO3MCB6hbLPYAf50QrAHjj5zcg9cXPrUgdgBswjt44ccczNqRt&#10;AeIlDLgB4xiKk0ZGBumV+EE0Y8f9NS3pBIulHQqIRheA+CG69QDii/i5+kBz2YbKU+Ln1ZAm8qGC&#10;yBzNYiE+MgDjMPiA+BbVNkdTbX3tk4AhyGcbjZAa7RjON6H+S1sGcEj70rZG24TrJgFEG6ouP4xr&#10;iJ8Y7Tlae5yTbIZ+RkIBpTCc2bUjraVqga1UNeMpxErVRayntogdAXrZh7On7IxttxPdVoBxGDxx&#10;FDh5tvMmlu0cZfvGrkpkO0daCaWqwadhiw5oHwBmArWh7G1IZyM19I/sPOO8KlukQQGr4zIn03Ga&#10;WK0+L64og5QrylacU55g8GXobxYEMfTXH0wYhyEn+essXqqOVghztNqC0MHeXCHss9cWhDWO0Qoh&#10;2zkLOqH2Rj+J8v8H9DQIeAHp9cr/KWSvyhc/Vedon6p97d01c19cjPqtWgZwSNuqrdEWa3O07oCZ&#10;P8VoX+uLDcCXoctkftxALVU7aea+eB71E+09tYn2I8B8+3ntG3sngHhqBBiHYSMMAcun6jf2T9Vs&#10;ZwOJ5Pp3Qffkf72B69X/MWeFnBkGM0gNfigWHHOWqk+4JExjwROuXQ63K8/Z3pnnnOjIcx6z73Ic&#10;s5dKWZPStpeqSxyE86a0lzgmOj52rHd0cK53vAAcQw/HnOcl7WglfEMlku9kvjskrrtnkd4DGOMV&#10;l/1fj12Px2LZaTePox7PTrvHs8ZxBzAExJON8bdQ/7NnFtAcOGF/C9fdAZj5boz2TrshoxEHiK+q&#10;xpTHM0fzeLLtQwEzvpaifrsnBfhM2+5ZoS3FdUMJkCXZuIjRvnZMjXVX+Fqya8e6S9VBntiYykMf&#10;xmH4I9RtsXlL1SJvZ63Iuxfw2vt7+9j93pn2Iu9y+0rvYaCdY6V3v6O+N9s53pPtNON1rDvbSX0a&#10;OmwH+gIwYvwr8A0aYz8D1zvG+mEyNmJJK0MgpIZMNP/0SylVL0g842jjI2Q7+6UQkvNWHZMp8dYC&#10;6fXyts9XwVtWJbzZULbPV6rO9hOynfvAF+WT6atbnKch/wNPJ4IWy+L4uIpWwhNEtpwILpZ+m8xH&#10;TgRPanOC07SvAtO0jsCHqSeBxfYPU7McHQPrHV8Bc4LrHSeCWcBi0zhC9Ya8xhg7ELJYihA7ybeS&#10;8XggVOSksZUBGIdhc4qrx1FvDU9x+sOF0kejRiOkRjuS1R8+K+kkix0XQje4vgvZXK8DIwAR+tr5&#10;SvCvpjRvDnaQNIk/4zD6dKGgcbC7kwfznF8F8pyfpOY501LnOdKgv7TUFdonqSXqV4ES9ftgibo8&#10;tEJbHlpsXx7SHbeF/uY4GzzpMNNJ/VCaqU4mhoY610IvpDtD54ljcgJ8qyYUU4L0caTXE7ubRir8&#10;Ppl9mkZK1YMxmMbIg5FdjmGRPOcCPc+5KZznbBbe5WgWNp/3UK8elDCf9w6GJzp0fb3jQeAU0DQy&#10;ETCf94jvZLr7ND4+dTjg9c57G9IqdNffcB6khv84cL4hrVRdGiXM0YbdSOhgnxgl7LMPu5GwxrE0&#10;Ssh2bkgjJOe5GXilODcW6fXGObq3KIZjk2/2qIRnDWUjrcWuXozQxq3aCJfcIUZ41KPaCGXekVZC&#10;sSuZfmeCzmrwWoz0/HX65iOYENq4zdcVj/A27ke43XMcoDGcLDZkC7vnNnHUfZtYBYxyZ4s27uO4&#10;lvSQbA6O0W7jNmQ0Yt63uOEzdJjs2m+hv+94scuMp2Wi2OVUuNuprAUUz0Fxi+dBcY+HeGoFGIfh&#10;TzQ/PqaUed8RZd5DfIXnEYky77eMkNwWW3Ad2eIK0uu1xX44xgJPzBZZoGMcBm80P+7XFnhGaT3d&#10;P6kLPHROSNTdadxPGLrrZBBBatBRcH5aLXaVaMUuj6PMO9xe5tXsqd6taqp3glrmfRnyU71BNzEm&#10;VoecJOutwPXKusRRwWOPSnikMbLEUeya6ix2fe+q7v3eVex63E0o8252lXk7OP/i7uAs8y4B/9Qu&#10;Ga8T47xu/R94/SjFYjnnidklmS9+lHLOM7jGbV7yxYxK5EE4sfhrbPFuTDnrbZnCUsj/krX70Pty&#10;Sgtgpbd6CtHrBBjH1Tbc4fnSm+OpDfTx5Hhudf/oecx1xvuYa1HKYy61xqeuwTXayrEXNS5GalwP&#10;dVg+SlnrJvrJ1jWrUka4b0nJcp/xZrkHAUc864E+niOenzyDvBO9Z4BbUiZ6V6W085L8yWzwHjqj&#10;e58bMR84geuZQ1dgk6yqsbHCv8DTwN/TvcW3wEPnBIMnI65s9VX4XSfIbhyGXmhsbPUVu5b6i11f&#10;pJZ5awMf+1O99/lSvU19Zd45Ncq8VG/QTRwbtSAfjY05SK93bAwPVPCYZTCI1OCR4sDwQLGLBQkY&#10;vwFCcp4ejvO07H/gqRbWoJo3NgailfBE/lQrpEn/J58yDoNnWucNDOV5nw5N9x4EbgxP9/YI9wM8&#10;wGzPf4J/Ax5w/yd4xZUTesz1KZAffsz1Sni362I4zdSP54YflX6crN8+4b5ufzjdvT+U7l4GzAzl&#10;AfcANTxnwz+7z4ad3tPhl7yzwmrKVyE15WbgVPAz7/PBuV4ap1FDGKSGPIa8yfxgPXRNPl+K9CLS&#10;6/H5F/UKP+hfCQ8OlL2oF7ueTCO0cQ+MEC65x6QRHvUMjBAKvE+mEcq8L+qE5H5yEbyS72YhWF2v&#10;7w6Ac0Yi5rFygC0SGWJTI2SvjErkoljJbL/pF62/6RHbKp1skCzudrDl6s8AZrTeQv3btkH6Ntt9&#10;klayPj9GvcpOhstsJ8Nm9L6yefQPbQ31VYAZbz1Qf5ftRVNaC2z3hhfb7grvBMx87STqzXiqx+4K&#10;N2ELgDclnUaV6NWKslzUD2HDw9Vtw8OXrFNNaXa0zQ7n2u4L17V9ZsrbQesqU/2/YT2rb7Re0gut&#10;aoRkTKb/EdZIhHyDYIwrI243xMIsHePBTEcNebrkI7sS2en5QUt+KdyUHwh7gRPsQPgwOxveznKl&#10;DaOVXENjfDsLmNLczs6FXwGtvwIzgFuYW29fBc0+qCdbJuPzNtZYn8LS9LuBPwOPsRycjzflsyW7&#10;aEqzAQtEWrIGkXxgNDCJpUfuYDWkPZLJvomNlTST2WsH66fvZ231H1m66TgguxASbTpYWCzvw8Bk&#10;02T+Oli8H24v9oSj4mg4BJDeOgHGYcRjBQWL+NFwDf6AXoOfA1IjGbxBpBswCVjMz+pb+BumOnyF&#10;l5jq8J9ci7wFWl8DN4gGkZriF7212G5Ksz7qzWwdEJ/pijiiX+JH9FPAUf4hzpeb6pN0IvUCmaHC&#10;8mda+Rgju6sYI/l8tyk/+XyuXsz9+mfAd8BxHtDP8JCpjO/wFaY0X+Bv6rN5qT4OGA7k82+A3df4&#10;w0IIo8T5zzAMjNSwMc0LC4WivwtMFBY5fyQbQ6OELzIFNrof2AwI5ZxeV/mXqRw+1JOtkvV9RezR&#10;Pxal+t/Fz5JO10p4xK0XhFD0gcAI5WjYATRSFoXtwEfw34XiFKDohMTxkIaLN8Xlr1MJbUzPljR1&#10;k64AxGenStrQOPhJKdFLlB/1zcAzwMPKAWATsEZ/RFmiL1YeMNVDGzVP0s+rhL4dZcPVS+Hm6oGw&#10;FXhZORAeohToQ5TPAUfkDqVB5GngP8A55ZJO/CbKeRhMiric0Ur6oLh7WBGmtvgN9U41qFtV8/i9&#10;VLnVlM56pZH+HmhRf4l8jsBNaFVzzgjNfM6ZpF0Kj9EOhHOBmkBAOxs+XQXPp1XzOee0ei58DLp/&#10;DygGHlLd+u1V0JyPevKZZOPlcbWxvkpN0/8ObAPeVXNwbj7nTFTN55zb1EBkktogsgD4K7BCTY88&#10;p5rPOUdV8znnvNpPV7W2+o3QO80bycYJ2YWQaNORsOnFKnxvpGYu10AtECnQGkTmAI8AT2rpkWWa&#10;uVwHtZhcyfR/Qeust7aH9JuB0UCBPUO/xd7RdJye0sxj4PdaSuQX8KfYG0TaAjPtl/RFdvP56h7U&#10;m8XAKfb94PEnvZX9tClvi+0xf+sEGxmHEccpRi21Z+rPQs5n7QpwPLzYfiA8DegO6HZVP6aZj+tj&#10;mvkYOaadC3+F8fYm8A9guVYaXqjdYMrzQo2byr5Os+lbtRx9jRYbF8l8j/yHkOh78xwWy33x9U7U&#10;UApSQy8U9+Y57pNrnGSx9ynUv+i4HRgGdAk/5WgangdMAAYjPxjlg1E/Ae2IViIPReDhchU8FDku&#10;Sx6S+epMx/fhsY4D4WFAfeCknemfwd40HqOAcVwt1/dxf0g2t56zN9G9Dp/e0OE2pfOBnZnO++/a&#10;I5H98PVvAbejQaS745I+wmHu8/1Qb+bzHR379dqOn3TVEfP5ZHYnvRESdf4adF7VuuY1h6L/Aix1&#10;mI/pJxy+yN8g1ybgKNDaeU4f5DRf13RDvZl8mc49enVnqf6lw3xdk+VU9D8Bi51Hw+2BPzgXhdsB&#10;N+D8NccpQNEJifI3wubP1rjPtTKcA6nhH7Tn3si1NfycqxfQPjwGCCFPZYREen1Br6p1Ul/XJr01&#10;QHJ3AozD6JNi0I2uEr2a60f9qPNHfTew1XkA2ASs0bc5l+jbnebrpIku83XSI65L4dGuA+Fs4LDz&#10;QPjPzgL9z87PAUdklbNBZBdwDqjnuqQTv4ly1oCcVa2TarjM10kNUd/BFdSzXebjc4/TfJ100NlI&#10;/80pdOrP4LMddCgA4/2FmTinZ36rEMhULNavZ8/rA+wftQ7E7gmT+coHttaBXHY0NZd9kXrR9kXq&#10;q8hTGcHgDe4m34NcBnptg+b7BstsbYPkJxmAcRh+Qvcc76J+hy0v+Ibt7iDFuGTt9qPezg4HztgO&#10;B8zofWPjwX22msG1ANFLFk96of4u23OmtBbYZgcW26YHdgJEKwoYhyEDzSsnUW/GUz02PdCE3Q9s&#10;k3QaGUSQGnSsOM9F/RA2OFDdNjhwyTrRlGZH26xArm1uoK7tY1PeDlpXmOr/DWtZcKP1fLDQykMk&#10;YzLeRlhDoQO2UCiN/SNoBUjeZHPYF7bPgmtsl4ODgTLr5eBv1gvBiG2FqX07wQ/IVwiJftYbQawr&#10;9sjNbNCbdw0RTwTjMHRL++O9uR7K4M7QSXYp+Do7GXyBlQJfAB8EN7LXgzvZv4Kp/B/B3rwQyADC&#10;wZ7cHczlzJTvh1D/JP8uUA+gvucYnSM1+g/gPMQPBDS+P/Ab2x94DpjKaganshHAouBC9lJwA9sY&#10;fJC9E7yDfQ6cAq4E72QiNJ95Q+msccjC8oBZwOpQa/ZyaDZwHOjN7wK6hhJ1tgObckuD5jrbwZZK&#10;O+ZVwrMdZf9EfTF7CJgJdICOTgZ+ARR+MuDhV4CUoIf3Cp5GO6KVyEMueBhVhd1y2ShTu+WyzqEx&#10;kP8JFg6tZLVCW1iD0CcsO1QdMvt4L2AIcGfoO7YotBwoAHLZfGDUNTp5VVgsu2AMMz9/VewKrBQ7&#10;A/eL7wJzALJpp0r0o6DsFGx+J58fvJOfBmqEHuZ1Qy8CHwA/87JgULwmfSdayfUUN1LFh6bjyCt4&#10;qLaoG+oMjAHuF6eCy6qguRD1xHOysTlbfBycJL4NjgAGAD3EHpw/bRorSSeERPtuxrjcWYWPbeY7&#10;TfnZzP8YVEVKsA3QFegragQHC7+p3tJFzG+TyaiIbcEv+dHgbuB1YDP/Eth5jX9egj+civOfjNYl&#10;6PxFpVFgjVI30FJpBnQM5Cn9TGPzSOW2wFBlcqCHstQ0Nr8tLprq5t/CFdoBux8A7ErdUCflQnCI&#10;Yu5T3VFP9s+oxOdovm2plAT9yo9BkivRnrnYI5sbMI8ZuepcKXuymDEc9VPVKcAgoFNguNo4kAs0&#10;AXTkdZTrqG+CdkQrkYds8HChCh6y1QuSh2Q2a6seCjRU9weiwEllf+BlpXpwudLZ1KfWo95Mb9uU&#10;BsHPFE/wZ8VuSucJpZqMZ8l4e1gJhpbBli8AnwJ29Xywjmpu0xqoN+PNqpYEf4BN9yqnTMcx6Y2Q&#10;qPP50DmLj4OMJH4zX2XBV4ERqrnPDlY9oVFq3dAsYB1wWT0dDGv/MNWZhnoz+X5RdwZ3qUeDq9UT&#10;kk7XSniECJYz4K+XxoIDte8C1YBa2sOBG4Cd6neB+epxgAUJifKXaRbLlkDM71tVQpvuocq0LYGJ&#10;9m5A60B94GvkqYyQSK8GJs8NcX3WqYQelvGWGvYNwSvaBil3p0raKCg7rH0Y3KV9H1wHPArcq+0H&#10;NgDPBudri4MPaPNM9Zpp7yHpJxurN9vPQ5b9gQva/sCLQB/t1mAf7RNACY3V6oYeBbYBx7XzQeI3&#10;Uc4voDdrXM5oJTLQHPeFZjW17SnUW+2+4HnNfHwu1oaZ0lmlZQTfBC3qz+CzHfoXwNX3UPTuSG8w&#10;tgvp9dxDHcI9T74v5isZlchMMfaQLd9XDbhoHesbgnyydh1sM3xdbX/0pdv2+oaiXRQwDmPtSDo8&#10;aF3qN6PzhvWkf6P1jL/QWj2V6DQyiCA16FhxPsLqT33F5k+9YnvCfwQgmsni1Gu2N/0P2y74OwA2&#10;4LL1lD9iW+o347MQcpjx+YBttu9xyPylbayUN9nYIP0RDDsa95sHsZ6cHdd9FLwbhyGj1BWbLXlI&#10;5vNlqLfyCcAAoJ2vjNX3HQR2AJtYO2AAMAH52SiffQ0Pe8DD2Sp42MPOSh6S6fYj9rXvbVbi2wz8&#10;CejFrviasfamur0J9Wa6zWd1/VOZw/8gU0zp1GeXTe0eZb7UpqxWantgMrCGnfFvZVtMab6EejPe&#10;lrIP/feyY/6x7Likk8zupDdCot1DAmtlv/m6JCRSTeUKiSM+IUp8R3iJbyvwOLf4x/NWkp8sw5GQ&#10;Gr6EYW7Zy+v79vBavtt4E6CtbzrvberfC/gw3zz4VhF/ynQ8X2EvS147VdKvgrJzbLf/BPsO+AFg&#10;qX5eK7UN8CgQEgv9JGuijoZgkjpVhY6G8FOmOuqO+kz+LfAxsNffgm/zd+JrTW0/nA8zleVu3tL/&#10;PPf4twN7gf/yMNAMmOlfTvwAibL8Bnuvi8uSzFd+E+v8RwHyu2R6fE+8598gDvmXAHcC40QJsA5Y&#10;5p8APU4Wc0xlS1W6SvrJYkkr5YzPrZT4voVfPQZki2H+bLEPsKX2EbVSZwJrgI/FGT/xmyjnm5CT&#10;fqBsFlPRRvKQgabGYfgozTWfof5H4fF/I8zjx51ikCmdh0QdfzFoUX+JfLbF4iqtCj7bqmmSfrKY&#10;11096+uslvhqAZehs1+Uk769SgdT/e9V3KY09yo/+XaA1gvAn4BCRfj7KOZ6uBX15DPJ+JyqpPvv&#10;UVL9DwNPAyuVJjgfacpnd+WMKc22iju1u1IrdTQwHZitpKXep9jlXB01jIrUsCvNY+8oIyTNZHb/&#10;VOnhP6pk+39T0iRvycYJ2YWQaNPxsGm1uE2T9TFereb/C9BW/dVUvuaqI7WDWis1H3gQ+EI95T+r&#10;vmSqs6OoJzsk63uf+o5/rXrIP1f9QdLpWomeaM3/EfhL16r5s7SvfV+pX/suqQt8B4HVOB+v/gBU&#10;8xMS5d+Dteum+DzeqhLatObfo23y3WTvArTw3QBsQZ7KCIn0joNeVTHruLbO/xlAcneqpE+K/du0&#10;9/wrtUP++4GxwGCtBFgHLPMP1Rb6/6CZxyxuN49Z9e1nIEuJr0Qr8c0H0rVh0N8+wJbaQauVOhZ4&#10;EnhXO+MnfhPl3Ag5q4pZaGNq212o/6/m8X+kmY/VcZp5zLpbq+N/GrSoP4PPytb82Vjrd8egot+b&#10;pYN9e0z388j36JzGWz0gED9HYslocy8l5e2pTQpA7UHmmm8xHILDzAXMYvkhPpeT7YuJWPwwxvxo&#10;5L/hc/gPaPMj/yM/AnwDHAA+l5iFdCb/gM/ib6HdZrR7gd/Hl/FF/GH+OJ/On+Ej+Xrejb/Cu0ps&#10;QroR+Zd4P17M8/lqYCWwgt8MjOIL+N2g+ygfBxQCo4CR/Ek+hD/LB/I1vCd/jnfh/+Bt+L95C/SX&#10;zf8lkQWKWXwVzp/hTfjfeAOcZ/DneV2+FljN05GvDRo34voQOArwl7mfbwd2cDfoOFFegz/F7Wh3&#10;iv2Lf8He4++zD4ASib1Iqew79hY/jPNj7BBwGm1/5mfYCV7GfgTO8vOsmjjDHOISY6I6tyC9wC+x&#10;tsLN54sb+b9FT/6QGMmHikm8rpjJo4AO+MR0gNI/8hRAA6zAZejzLPT5A3+Ak52qsqPhb8a9yRbY&#10;3iPM7b+FewTZ/xFyoPhh2H858lRvYANPFS/wiHiW1xRP8XriEd5Q3M8zy3Efzu/jTcQ83ljci/Qu&#10;3kzczluJibyDmMA7ivG8kxjHO/8OY5E3UMhvEmN4FzGad60EuSjLFQW8GzTYQ9zGe4lbeW8gTwwH&#10;hvE+YrBEb6QGeolBOB+I+nxgAOpv5n1Ff6BfHH2REvpI9BO9+M2iB88XufwW0RmWas9vFa35qGvQ&#10;io8Wv8cY0ZJfjULkY2iBtAUfK3L4uGuQzccLQnPUVWCsaIb2zXBdM9Bsir6ywMO1KEBZAdrcBhp/&#10;QB9D0WcFWvEh4HEweB8k2kCetpCrPR8A3Az0Fx2ATtDJTdBlV94dMl+Nbsh3E92g8+6wRw/Ypgds&#10;1RM27AV79ubt42iHtDK0RXlbkcfbQLetoOMWCchBnpAt0Y83h02aCTMfp3ry1V8MR0Vq+GoLnFN9&#10;DE2RZgGZsHWTOBoj3xg+UF/cwtPFEPjwYF6rHAN5HdTVQ5v64LchZM0A/3VxXgf81QaNmr/DQJ6G&#10;a4PwPT98sAZ8MgW+6RGjyuGGLztFIXfA37XfYQ4/h2j3K2LYcf4OP8b38ZOIqccRW4/z74ET/BTy&#10;F/huzuTYM9MJjc3Ecf8lxn2tKsb9l5CddPlkJbrET3AtB6GjA9DH59DHf4GDvAHSRmI/9PoR7PYe&#10;byn2ALuB/wA7YOe34QdvYpy/Dj/ZiPQV5LfC9tthlx2wwy7o9T3o9QPQ3gud7gMPJYiCn/AbxdfQ&#10;J/FkJivVJ8o6G7IeZeYxbjY/ykhWgnEYfkPPYe/mpewuYCY/yaYjjt+OmD6Zn2MTgfESZ3B+HOWH&#10;2d2YA2ZLHEZ6lJnxS/WJ/L4PXu+oYk5+n90h5+T1BrNIDX5pTU31e1gRMIUfYT35BVaPO/gNvD54&#10;78i/ZLfwneBzJXuWz8WcNYEd5KMxTxWyamISu8hn4Hwa+4HPYt8DR4BD/E6kM4BpQBHbxx/EHPg4&#10;W8X/zp7kb7NHQJNkHw95puN8Kv+aNeaCX2atMDveYTovUX2iDlzwzZVV6MAlVkodJLOZhvpqYjXm&#10;yRUYJUswdy6BBy2GhyyCh/0ZI30hbyoeh2cuRhRagkiwEvXPcKJrZjOqT+R3oIJnVODZ7LqBSks5&#10;njIqsRndE49UGorJSpqYpXhMfZzqSea1lczHq1H+qPIrX6t8w99QdvOdytv8Q2Ub/1TZwj9TXgE2&#10;8i+UDXyvsonvVl5Dm+18G7BVeR3pa/wdZTN/T/knL1FekvgIKWGvRDHS5/kmZTVfAVoLlZ38QWUX&#10;v195l88HCpQPeS+llDdQzgK/xFHGI8h7lMvcqtwgfhY28Y2oLvYCmwUTy4Um7hMeiflI5wHThE8U&#10;ipAYKmqKIRKIwaKWGCRqi1tEuhgo6or+oqHIE5mim2gmWuNfE9EVtX3Rqi+u6CduBGqIYUIBpUu8&#10;CLhdnOd3iHNIf48i8Svqf+VTxQU+SVzEPHsZc6pFjBLVxG3CKoYLjt5VkS8coO0UfYA8nOcJu+gN&#10;7nuhrhc47oR+W4nGIut3aIR8A/DZEBw2wr/GMpeBknpA3TjSUUuog9q6qKmPs4aQIUuEIVtKHB6k&#10;bvThApy/Q0vkE9EC7Qzk4DwH12bH0RxabhZHU6RNhRd9ecFNCrgg1ACnNcCvD3z4wU+qyADqiQD4&#10;C4DXIDgMQeMhaDwsokjTUJYmIvi/Jq6qB6pmY4HqyYf3kePHDyN+nUA+ExpuKYToCAt0gq90hjVu&#10;EjdAIhs4UtGHRyINXEfAMSEMjgMoJ6RCUkIQForCC+rgurpAhgQXkzGr7MaMkgq/jcD/68D3G2CM&#10;5GBctFeK4cer+XDlL3ycsoBPVe4AivhkZYpEf2Uhz0K9C22/wwz3L7GT3y/e53/C7PUQ8KjE2/wJ&#10;zGpPidf408BSYDnwrMQWvgqz9nPAOsyALwJrxHrZ9hGcP4aZ8VHxEq4v5k8CTwNLJdbi+pUSbyCG&#10;HRRz+XkxhZ8GfsL9wQ+iiJ8AfsBK+gRgVUZBvkG8idKH1wWiykDk+/Cw0hsyd4fMhFygC9AZ6Ih2&#10;HXlGPK2jtENZO5S14o2UNpC5BWi1gJ4I2cg34m2V+rybUo93UWpDb/UASmvyjkDneErnVNZauRHt&#10;w0CA91BU4BzrqxxleUAvicMsR/mNpSjVIZOd/wz8CPwAfIX7o73ADqHybcKG+6Qr7J/iPHtWnGSP&#10;iqNstviadRN7mUvsZJ/zXewnvo0pYiurJTahvJiNF8vRbgV7EOm9SO8GhuO8vVjL0sQ6tN2Ae7Mt&#10;7Btc9wl/U97XbcfsGcNOpO+ifB3u4x5HH4tZjniIDUV6r1jCloq/sJdBa69YzQ4AB9HnYfEK+1m8&#10;yi4jVZU3gFeZUOh8I+QrZhFlE6urbGAtlbUsVQFN5T5gHvMocyVqKYtYE2UF64K2fZW/s3FoP1p5&#10;ng1VFqNsDmuujAMKgQJgBNoS/sAaKcOAIcBAYACro/RFP7msltKRhZVsFlXSkQbRp535lGrg5YzN&#10;rnxksyob/w8l5x9aZRXGccfOc55z9jzcLre1tLYu2xyjuWkMmWX70TYuV6zMzEzMxZjJikmQaYiF&#10;f0lIbVSQ/4j4xwgzKpaJWbuBsCxX1qaIi2HL0ljzeokamyYW9X3ftX7A7rJ7+bzPeZ/znMO5vM/z&#10;Puc9L/fQHP8y/era6Wa/jCr8fLrL59Fy/7PZ6L81m/xx87x/z3T5vWaf32V6/XNm0G82Gb/RcF5L&#10;SBDv2XJbiwm+KdfqUmHcL54OesjpuMe0Z84ut8+9615xY26ry/VPuAZ/nwvy5nS+rYWNA9PvRreg&#10;HCBYm7gIeb3rJJnCYJb0t/1/rZO0RrG3hZnK71Mtw+Z/jT1Ixa3RFvOOtJjgvrZyhtzcBX1Q3wM+&#10;kDbTJ+1mUJ4yX8lmMyrbzaTsNL/LayZX9xivbxjSHpOjvdCdMBMyaMZkCLZDpl9Om6PgiJxCX4Nm&#10;QL42GbkEW0e5qqR6A+WDgpAbIW+imM6jiN5KUS1BuQT1JdCXULEWURztqmB7J+xqdT7V6EKcL6Ey&#10;raNCbaZbdBlYgfIqKtVHod9A5boJNttpkb4E+z1Ur72U1GFK6FWQZ2t1nm3SCpvUu+2DmrTrdI1t&#10;0w22Qzvs07rN7tAuu1u77Yv6kd2pmKVqv31MT8H2rF2vGdhegS6PH9YCTmoR36ul/JAW47yM1yqe&#10;crWG12sjdPfzUl0Nm3Z+QLfycn2BE7qb6/UAV+lBjuthjumHnAsuyxEel8P8oxziNPhUerhbXucd&#10;4BnZz0/KAW6Vt/kR1K2QFCfl43+RkE+4WY5zk/Rzo3zG98gJbpAvQurlS66TAV4iQ1wt33CVjHKl&#10;/PAnY7xALgLMjeQSl8ovfJuQw9YITqXJxaTDFcqzLi7bXJt0uVel2+2Xt9z7csj1SSrMo9l9DjEF&#10;v8sWH+Vw7C3wu2Afuf8TH52dnWh1/fExgfXVSbx8nC3nT8gkBbGxOOx56vDP2P9NrpDXgGsEJ7YZ&#10;idpzUjzr89Mw6oM+H5+hzxh0p6XMnpE77ADol4W2DzIl1faYLIWu0Z6VBjsCvpNmkAy5ADkqCYv/&#10;G9l0SHLWMaRlZTiGYzOMoQK6C7LWDstqe1LWoP91dhzkIB4iugqyznqttgS8VkJWQpajrtjGNG4L&#10;QKEW2TjiKa75OI/ZuRqxZdhRdhFibYFm6HYdpbkgoucR/yN0Wc5TWr6nc+CMpOlzyVBKfqIeuUrd&#10;kmMPyjU6ivJJXI8RMCbjFFybbD5UA9/Zi9+RgHwTMts9NoK6fBB8oiAo/wEAAP//AwBQSwECLQAU&#10;AAYACAAAACEAXngo9RQBAABJAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAEUBAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQC6hMOkbwMAAIcJAAAOAAAAAAAAAAAAAAAAAEQCAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQC+wZVlxAAAAKUBAAAZAAAAAAAAAAAAAAAAAN8FAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzUEsBAi0AFAAGAAgAAAAhAOuPKLffAAAACAEAAA8AAAAAAAAAAAAA&#10;AAAA2gYAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQC+VfW4ryUAAKo1AAAUAAAAAAAA&#10;AAAAAAAAAOYHAABkcnMvbWVkaWEvaW1hZ2UxLndtZlBLAQItABQABgAIAAAAIQCWFxht12MAAFTx&#10;AAAUAAAAAAAAAAAAAAAAAMctAABkcnMvbWVkaWEvaW1hZ2UyLmVtZlBLBQYAAAAABwAHAL4BAADQ&#10;kQAAAAA=&#10;">
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
               <v:shape id="Image 6" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:15125;top:1638;width:13913;height:8014;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCJTwWIwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6kahtk3dBC0UrDe1IN6e2ddNNPs2ZLdJ/PeuUOhxmJlvmEU+2Fp01PrKsYLpJAFB&#10;XDhdsVHwvf98egXhA7LG2jEpuJKHPBs9LDDVructdbtgRISwT1FBGUKTSumLkiz6iWuIo/fjWosh&#10;ytZI3WIf4baWsySZS4sVx4USG/ooqbjsfq2CsD0czmb/9tIdV82aN/2XOQ3PSj2Oh+U7iEBD+A//&#10;tddawRzuV+INkNkNAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAiU8FiMMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
-                <v:imagedata r:id="rId5" o:title=""/>
+                <v:imagedata r:id="rId4" o:title=""/>
                 <v:path arrowok="t"/>
               </v:shape>
               <v:shape id="Image 9" o:spid="_x0000_s1028" type="#_x0000_t75" alt="Mac:Users:xavier.hasendahl:Desktop:ELEMENTS TEMPLATES SIG:LOGOS:REPUBLIQUE_FRANCAISE:eps:Republique_Francaise_CMJN.eps" style="position:absolute;width:13576;height:12287;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBv4o3cwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8Mw&#10;DIXvhf0Ho8FurbMOSsnqljEo63VpKTmqsRaHxXKwvSb599NhsJseet/T0+4w+V7dKaYusIHnVQGK&#10;uAm249bA5XxcbkGljGyxD0wGZkpw2D8sdljaMPIn3avcKgnhVKIBl/NQap0aRx7TKgzEsvsK0WMW&#10;GVttI44S7nu9LoqN9tixXHA40Luj5rv68VLj8kHVbVO74zxvX67RjrWPozFPj9PbK6hMU/43/9En&#10;K5y0l19kAL3/BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG/ijdzBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
-                <v:imagedata r:id="rId6" o:title="Republique_Francaise_CMJN"/>
+                <v:imagedata r:id="rId5" o:title="Republique_Francaise_CMJN"/>
                 <v:path arrowok="t"/>
               </v:shape>
               <w10:wrap anchorx="margin"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00997598">
       <w:t xml:space="preserve">                                                    </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="098E36D2" w14:textId="7E5BDB4D" w:rsidR="00EE3079" w:rsidRDefault="00EE3079" w:rsidP="00997598">
+  <w:p w14:paraId="098E36D2" w14:textId="730C0B62" w:rsidR="00EE3079" w:rsidRDefault="00EE3079" w:rsidP="00997598">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:spacing w:before="0"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="4E9D32B7" w14:textId="77777777" w:rsidR="00EE3079" w:rsidRDefault="00EE3079" w:rsidP="00997598">
+  <w:p w14:paraId="4E9D32B7" w14:textId="4180DD4E" w:rsidR="00EE3079" w:rsidRDefault="00EE3079" w:rsidP="00997598">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:spacing w:before="0"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="08216F37" w14:textId="33D1103A" w:rsidR="00EE3079" w:rsidRDefault="00EE3079" w:rsidP="00997598">
+  <w:p w14:paraId="08216F37" w14:textId="0E8CDD35" w:rsidR="00EE3079" w:rsidRDefault="00EE3079" w:rsidP="00997598">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:spacing w:before="0"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1BEC08FD" w14:textId="485C8225" w:rsidR="00B32384" w:rsidRDefault="00B32384" w:rsidP="00997598">
+  <w:p w14:paraId="1BEC08FD" w14:textId="68E0E2DC" w:rsidR="00B32384" w:rsidRDefault="004B7796" w:rsidP="00997598">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:spacing w:before="0"/>
     </w:pPr>
+    <w:r w:rsidRPr="004B7796">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="274AF8F4" wp14:editId="18EC4E43">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-207010</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>196215</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="6924675" cy="8677275"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+          <wp:wrapNone/>
+          <wp:docPr id="499906045" name="Image 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId6">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6924675" cy="8677275"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14B21C1E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="760AF47E"/>
     <w:lvl w:ilvl="0" w:tplc="6A58522A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3808,212 +5072,239 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="551428914">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1843474607">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="146174016">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1477138949">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="394013814">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1635872074">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="87"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="108"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C062C"/>
     <w:rsid w:val="0006557A"/>
     <w:rsid w:val="000A6781"/>
+    <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000C062C"/>
     <w:rsid w:val="000C254E"/>
     <w:rsid w:val="000D703A"/>
+    <w:rsid w:val="000F7336"/>
     <w:rsid w:val="001210BD"/>
     <w:rsid w:val="00137571"/>
+    <w:rsid w:val="002000B9"/>
+    <w:rsid w:val="002049BF"/>
+    <w:rsid w:val="002661AB"/>
     <w:rsid w:val="00284C60"/>
     <w:rsid w:val="003054A5"/>
     <w:rsid w:val="00316421"/>
     <w:rsid w:val="00355CA6"/>
     <w:rsid w:val="003A1642"/>
     <w:rsid w:val="003A233E"/>
+    <w:rsid w:val="00403914"/>
     <w:rsid w:val="00436C15"/>
+    <w:rsid w:val="00482124"/>
     <w:rsid w:val="00487995"/>
+    <w:rsid w:val="004A3333"/>
+    <w:rsid w:val="004B7796"/>
+    <w:rsid w:val="004C1095"/>
+    <w:rsid w:val="004E1300"/>
+    <w:rsid w:val="004F4E89"/>
+    <w:rsid w:val="004F5FAB"/>
     <w:rsid w:val="00556BE2"/>
     <w:rsid w:val="0056636C"/>
     <w:rsid w:val="00580C89"/>
     <w:rsid w:val="005C0BA5"/>
+    <w:rsid w:val="005E66CD"/>
+    <w:rsid w:val="00617B98"/>
     <w:rsid w:val="00623E0E"/>
     <w:rsid w:val="0063237C"/>
     <w:rsid w:val="00671313"/>
     <w:rsid w:val="006D2F78"/>
+    <w:rsid w:val="006E6021"/>
     <w:rsid w:val="00723C59"/>
     <w:rsid w:val="00756B86"/>
     <w:rsid w:val="00786A21"/>
     <w:rsid w:val="007B0FD7"/>
     <w:rsid w:val="007B587F"/>
     <w:rsid w:val="007D59B5"/>
     <w:rsid w:val="007D6F6F"/>
     <w:rsid w:val="007F154A"/>
     <w:rsid w:val="007F5C79"/>
+    <w:rsid w:val="008422A1"/>
     <w:rsid w:val="00852B17"/>
     <w:rsid w:val="00870C9D"/>
     <w:rsid w:val="00887F48"/>
     <w:rsid w:val="008C1C2C"/>
+    <w:rsid w:val="008D41CF"/>
+    <w:rsid w:val="008E53FB"/>
+    <w:rsid w:val="00920D81"/>
     <w:rsid w:val="0094414D"/>
     <w:rsid w:val="00996536"/>
     <w:rsid w:val="00997598"/>
     <w:rsid w:val="009A706C"/>
+    <w:rsid w:val="009C5E11"/>
     <w:rsid w:val="00A07BCF"/>
     <w:rsid w:val="00A71084"/>
     <w:rsid w:val="00AA10AD"/>
     <w:rsid w:val="00AB14E5"/>
     <w:rsid w:val="00AB1F99"/>
+    <w:rsid w:val="00AB2DC1"/>
     <w:rsid w:val="00B32384"/>
     <w:rsid w:val="00C27AF5"/>
+    <w:rsid w:val="00C4523C"/>
     <w:rsid w:val="00C53734"/>
+    <w:rsid w:val="00C553E6"/>
     <w:rsid w:val="00C976B6"/>
     <w:rsid w:val="00C97D2C"/>
     <w:rsid w:val="00CA34E2"/>
     <w:rsid w:val="00CC535F"/>
     <w:rsid w:val="00CF1585"/>
     <w:rsid w:val="00D26A42"/>
+    <w:rsid w:val="00D512D1"/>
     <w:rsid w:val="00D5453E"/>
     <w:rsid w:val="00D84B9B"/>
     <w:rsid w:val="00DB6D1F"/>
     <w:rsid w:val="00DC722E"/>
     <w:rsid w:val="00E04CB5"/>
     <w:rsid w:val="00E34A9B"/>
     <w:rsid w:val="00E4447E"/>
     <w:rsid w:val="00E943E6"/>
     <w:rsid w:val="00EB6252"/>
     <w:rsid w:val="00EE3079"/>
     <w:rsid w:val="00F439CE"/>
     <w:rsid w:val="00F66190"/>
+    <w:rsid w:val="00F73F8E"/>
     <w:rsid w:val="00FC2E96"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1B688B91"/>
   <w15:docId w15:val="{34A921E7-D578-4154-B00B-5A5B54F2E0D3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4341,85 +5632,96 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00723C59"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre1Car"/>
     <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="00137571"/>
+    <w:rsid w:val="004B7796"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="120"/>
+      <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:color w:val="199697"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w14:textOutline w14:w="10541" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+        <w14:noFill/>
+        <w14:prstDash w14:val="solid"/>
+        <w14:round/>
+      </w14:textOutline>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre3Car"/>
     <w:qFormat/>
     <w:rsid w:val="00137571"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
       <w:b/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
@@ -4429,59 +5731,64 @@
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre1Car">
     <w:name w:val="Titre 1 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre1"/>
-    <w:rsid w:val="00137571"/>
+    <w:rsid w:val="004B7796"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:color w:val="199697"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
       <w:lang w:eastAsia="fr-FR"/>
+      <w14:textOutline w14:w="10541" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+        <w14:noFill/>
+        <w14:prstDash w14:val="solid"/>
+        <w14:round/>
+      </w14:textOutline>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textedebulles">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextedebullesCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000C062C"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
     <w:name w:val="Texte de bulles Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Textedebulles"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -4586,82 +5893,86 @@
     <w:rsid w:val="00723C59"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="1F497D" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Titre1bis">
     <w:name w:val="Titre 1 bis"/>
     <w:basedOn w:val="Titre1"/>
     <w:link w:val="Titre1bisCar"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00E943E6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="240"/>
-      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Normaltitre1Car">
     <w:name w:val="Normal titre 1 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Normaltitre1"/>
     <w:rsid w:val="00723C59"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="1F497D" w:themeColor="text2"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre1bisCar">
     <w:name w:val="Titre 1 bis Car"/>
     <w:basedOn w:val="Titre1Car"/>
     <w:link w:val="Titre1bis"/>
     <w:rsid w:val="00E943E6"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="fr-FR"/>
+      <w14:textOutline w14:w="10541" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+        <w14:noFill/>
+        <w14:prstDash w14:val="solid"/>
+        <w14:round/>
+      </w14:textOutline>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00316421"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="006D2F78"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="160" w:line="252" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
@@ -4724,51 +6035,51 @@
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ObjetducommentaireCar">
     <w:name w:val="Objet du commentaire Car"/>
     <w:basedOn w:val="CommentaireCar"/>
     <w:link w:val="Objetducommentaire"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003A233E"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="734860946">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="797338035">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4802,51 +6113,51 @@
     </w:div>
     <w:div w:id="1359355264">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ars-oc-alerte@ars.sante.fr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cap.reg@chu-toulouse.fr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5099,77 +6410,106 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3771CE75-645C-4BEC-BE90-F779AC993C51}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0EC34B6-B653-4332-A9A6-DF9EEF806CB6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>318</Words>
-  <Characters>1753</Characters>
+  <Words>307</Words>
+  <Characters>1692</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ARS Midi-Pyrénées</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2067</CharactersWithSpaces>
+  <CharactersWithSpaces>1996</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>O. Catelinois</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-11-05T10:07:53Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>6410bfe2-023b-414d-8b66-5a30de2587bc</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>